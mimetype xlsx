--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -2303,51 +2303,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>