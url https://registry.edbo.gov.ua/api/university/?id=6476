--- v1 (2025-12-18)
+++ v2 (2026-02-14)
@@ -2303,117 +2303,117 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>