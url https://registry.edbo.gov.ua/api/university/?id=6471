--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1034,93 +1034,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>73096</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Лікувальна справа</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I6" s="9"/>
+          <t>КС 006695</t>
+        </is>
+      </c>
+      <c r="I6" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>73097</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Акушерська справа</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I7" s="9"/>
+          <t>КС 006694</t>
+        </is>
+      </c>
+      <c r="I7" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I3"/>