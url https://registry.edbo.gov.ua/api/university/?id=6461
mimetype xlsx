--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -390,63 +390,63 @@
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>rphc_dp@statinfo.com.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Завідувач</t>
+          <t>Виконуюча обов'язки завідувача</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Гонта Валентина Василівна</t>
+          <t>Бушинська Ірина Вікторівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">