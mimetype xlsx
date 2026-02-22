--- v1 (2025-12-15)
+++ v2 (2026-02-22)
@@ -186,87 +186,87 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "КРИВОРІЗЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР" КОМУНАЛЬНОГО ПІДПРИЄМСТВА "ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ «КРИВОРІЗЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР» КОМУНАЛЬНОГО НЕКОМЕРЦІЙНОГО ТОВАРИСТВА «ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ» ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ»</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>6461</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>5755</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>ВСП "КНКЦ" КП "ДОІАЦМС" ДОР"</t>
+          <t>ВСП «КНКЦ» КНТ «ДОІАЦМС» ДОР»</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>