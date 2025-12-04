--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -496,51 +496,51 @@
       </c>
       <c r="G1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="J1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="6" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="E2" s="3"/>