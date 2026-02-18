--- v0 (2025-10-21)
+++ v1 (2026-02-18)
@@ -22,51 +22,51 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$17</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$14</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$33</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$19</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -1915,51 +1915,51 @@
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.12.2019 № 1003-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
@@ -2191,52 +2191,86 @@
         </is>
       </c>
       <c r="D13" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>15</v>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D14" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
+</t>
+        </is>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="C15" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D15" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського (лісогосподарського) виробництва
+</t>
+        </is>
+      </c>
+      <c r="B16" s="6" t="n">
+        <v>20</v>
+      </c>
+      <c r="C16" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D16" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:D14"/>
+  <autoFilter ref="A1:D16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K33"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -3680,84 +3714,84 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -3941,84 +3975,84 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
+        <v>61</v>
+      </c>
+      <c r="F10" s="6" t="n">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -4106,183 +4140,183 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>187</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Деревообробні та меблеві технології</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>384</v>
+        <v>371</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>29</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>