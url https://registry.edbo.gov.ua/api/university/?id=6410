--- v0 (2025-11-01)
+++ v1 (2025-12-22)
@@ -1014,97 +1014,101 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>60091</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G10" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H10" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I10" s="9"/>
+          <t>- 19181</t>
+        </is>
+      </c>
+      <c r="I10" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>60090</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="G11" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H11" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I11" s="9"/>
+          <t>- 19235</t>
+        </is>
+      </c>
+      <c r="I11" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
@@ -1593,84 +1597,84 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
@@ -1860,51 +1864,51 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">