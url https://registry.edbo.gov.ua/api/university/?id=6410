--- v1 (2025-12-22)
+++ v2 (2026-02-22)
@@ -1567,84 +1567,84 @@
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>80</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
@@ -1762,87 +1762,87 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>