--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -3756,236 +3756,236 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Сфера обслуговування</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Енергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Сфера обслуговування</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>