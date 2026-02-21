--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -3756,51 +3756,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Сфера обслуговування</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
@@ -3867,51 +3867,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
@@ -3941,88 +3941,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Сфера обслуговування</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
@@ -4052,51 +4052,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E10" s="8" t="n">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>