--- v0 (2025-10-21)
+++ v1 (2025-12-09)
@@ -3414,140 +3414,146 @@
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>82641</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I53" s="9"/>
+          <t>КО 006613</t>
+        </is>
+      </c>
+      <c r="I53" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
         <v>85996</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I54" s="9"/>
+          <t>КО 006615</t>
+        </is>
+      </c>
+      <c r="I54" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
         <v>86159</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Дизайн архітектурного середовища</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I55" s="9"/>
+          <t>КО 006614</t>
+        </is>
+      </c>
+      <c r="I55" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
@@ -3777,51 +3783,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -4028,158 +4034,158 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>