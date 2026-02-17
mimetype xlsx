--- v1 (2025-12-09)
+++ v2 (2026-02-17)
@@ -3816,51 +3816,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -3964,121 +3964,121 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -4108,84 +4108,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>