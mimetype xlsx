--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -2377,54 +2377,54 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>