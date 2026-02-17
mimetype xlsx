--- v1 (2025-12-17)
+++ v2 (2026-02-17)
@@ -2311,117 +2311,117 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>