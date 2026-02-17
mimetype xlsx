--- v0 (2025-12-09)
+++ v1 (2026-02-17)
@@ -2066,56 +2066,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>40524</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Кінофотовідеосправа</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I18" s="9"/>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
@@ -2712,51 +2710,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
@@ -2811,51 +2809,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -2918,153 +2916,153 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>