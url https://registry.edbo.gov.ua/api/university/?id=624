--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -11,60 +11,60 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ФПВО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$15</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$25</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$16</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$26</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$23</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -198,95 +198,95 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Комунальний заклад вищої освіти «Луцький педагогічний коледж» Волинської обласної ради</t>
+          <t>Комунальний заклад вищої освіти "Луцький педагогічний інститут" Волинської обласної ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>624</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>КЗВО "ЛПК" ВОР</t>
+          <t>Луцький педагогічний інститут</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3" t="inlineStr">
         <is>
-          <t>The Municipal Higher Educational Institution «Lutsk Pedagogical College» of the Volyn Regional Council</t>
+          <t>The Municipal Higher Educational Institution "Lutsk Pedagogical Institute" of the Volyn Regional Council</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>1939</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
@@ -370,63 +370,63 @@
         <is>
           <t>м. Луцьк</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>просп. Волі, 36</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(0332)77-06-59 , (0332)24-81-50</t>
+          <t>+38(033)-277-06-59</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>lpk@ua.fm</t>
+          <t>lpi.lutsk.ua@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>lpc.in.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
@@ -525,87 +525,87 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>330</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:J15"/>
+  <dimension ref="A1:J16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
@@ -632,51 +632,51 @@
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -697,51 +697,51 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="6" t="n">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="G3" s="6"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
@@ -893,375 +893,413 @@
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C8" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="6" t="n">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G8" s="6"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 11.04.2025 № 33-л</t>
+          <t>Наказ МОН від 19.11.2025 № 201-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C9" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="6" t="n">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="G9" s="6"/>
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 23.12.2020 № 262-л</t>
+          <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C10" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>012</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="6" t="n">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 12.06.2019 № 826-л</t>
+          <t>Наказ МОН від 23.12.2020 № 262-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C11" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="E11" s="3"/>
       <c r="F11" s="6" t="n">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="G11" s="6"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 31.10.2024 № 641-л</t>
+          <t>Наказ МОН від 12.06.2019 № 826-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C12" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="F12" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 05.06.2019 № 778-л</t>
+          <t>Наказ МОН від 31.10.2024 № 641-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C13" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="F13" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G13" s="6"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 31.10.2024 № 641-л</t>
+          <t>Наказ МОН від 05.06.2019 № 778-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="F14" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G14" s="6"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 05.06.2019 № 778-л</t>
+          <t>Наказ МОН від 31.10.2024 № 641-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C15" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>014</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
-[...2 lines deleted...]
-      <c r="E15" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="E15" s="3" t="inlineStr">
+        <is>
+          <t>Фізична культура</t>
+        </is>
+      </c>
       <c r="F15" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G15" s="6"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
+          <t>Наказ МОН від 05.06.2019 № 778-л</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="3" t="inlineStr">
+        <is>
+          <t>Фахова передвища освіта</t>
+        </is>
+      </c>
+      <c r="B16" s="3" t="inlineStr">
+        <is>
+          <t>підготовка здобувачів фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="C16" s="8" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="D16" s="3" t="inlineStr">
+        <is>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="E16" s="3"/>
+      <c r="F16" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="G16" s="6"/>
+      <c r="H16" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I16" s="9"/>
+      <c r="J16" s="3" t="inlineStr">
+        <is>
           <t>Наказ МОН від 12.12.2022 № 279-л</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:J15"/>
+  <autoFilter ref="A1:J16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K25"/>
+  <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2037,93 +2075,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>66033</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I19" s="9"/>
+          <t>КО 006709</t>
+        </is>
+      </c>
+      <c r="I19" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>66036</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I20" s="9"/>
+          <t>КО 006711</t>
+        </is>
+      </c>
+      <c r="I20" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
@@ -2162,54 +2204,56 @@
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>74043</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I22" s="9"/>
+          <t>КО 006710</t>
+        </is>
+      </c>
+      <c r="I22" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
@@ -2248,102 +2292,143 @@
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>74041</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I24" s="9"/>
+          <t>КО 006712</t>
+        </is>
+      </c>
+      <c r="I24" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>66050</v>
+        <v>88142</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B26" s="8" t="inlineStr">
+        <is>
+          <t>F3</t>
+        </is>
+      </c>
+      <c r="C26" s="3" t="inlineStr">
+        <is>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D26" s="3"/>
+      <c r="E26" s="6" t="n">
+        <v>66050</v>
+      </c>
+      <c r="F26" s="3" t="inlineStr">
+        <is>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="G26" s="3"/>
+      <c r="H26" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I26" s="9"/>
+      <c r="J26" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K26" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K25"/>
+  <autoFilter ref="A1:K26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2433,88 +2518,88 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -2576,51 +2661,51 @@
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>71</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -2717,84 +2802,84 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -2964,84 +3049,84 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -3108,84 +3193,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>