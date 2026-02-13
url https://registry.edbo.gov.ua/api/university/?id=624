--- v1 (2025-12-16)
+++ v2 (2026-02-13)
@@ -19,52 +19,52 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$16</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$26</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$15</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$25</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$23</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -561,51 +561,51 @@
         <v>330</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 30.03.2021 № 37-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:J16"/>
+  <dimension ref="A1:J15"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
@@ -969,152 +969,148 @@
       <c r="H9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C10" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="6" t="n">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="G10" s="6"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 23.12.2020 № 262-л</t>
+          <t>Наказ МОН від 30.12.2025 № 225-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C11" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>012</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="6" t="n">
-        <v>150</v>
+        <v>60</v>
       </c>
       <c r="G11" s="6"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 12.06.2019 № 826-л</t>
+          <t>Наказ МОН від 23.12.2020 № 262-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C12" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="E12" s="3"/>
       <c r="F12" s="6" t="n">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="G12" s="6"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 31.10.2024 № 641-л</t>
+          <t>Наказ МОН від 12.06.2019 № 826-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C13" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
@@ -1139,167 +1135,125 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="F14" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G14" s="6"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 31.10.2024 № 641-л</t>
+          <t>Наказ МОН від 05.06.2019 № 778-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C15" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>122</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="E15" s="3"/>
       <c r="F15" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G15" s="6"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
-          <t>Наказ МОН від 05.06.2019 № 778-л</t>
-[...36 lines deleted...]
-        <is>
           <t>Наказ МОН від 12.12.2022 № 279-л</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:J16"/>
+  <autoFilter ref="A1:J15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K26"/>
+  <dimension ref="A1:K25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -1368,93 +1322,97 @@
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>28496</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K2" s="9"/>
+          <t>КК 03013395</t>
+        </is>
+      </c>
+      <c r="K2" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>12662</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K3" s="9"/>
+          <t>КК 03013396</t>
+        </is>
+      </c>
+      <c r="K3" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>64691</v>
       </c>
@@ -1805,630 +1763,583 @@
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>65196</v>
+        <v>64693</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Англійська мова та зарубіжна література)</t>
+          <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>КО 004213</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>64693</v>
+        <v>43311</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t>КО 004213</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>43311</v>
+        <v>43310</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (музичне мистецтво)</t>
+          <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
-          <t>КО 004213</t>
+          <t>КО 004214</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>65149</v>
+        <v>56386</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>43310</v>
+        <v>66033</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (фізична культура)</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
-          <t>КО 004214</t>
+          <t>КО 006709</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>56386</v>
+        <v>66036</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>КО 006711</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D19" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D19" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E19" s="6" t="n">
-        <v>66033</v>
+        <v>74038</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Середня освіта (Англійська мова та зарубіжна література)</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
-          <t>КО 006709</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I19" s="9"/>
       <c r="J19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D20" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D20" s="3" t="inlineStr">
+        <is>
+          <t>Мистецтво. Музичне мистецтво</t>
+        </is>
+      </c>
       <c r="E20" s="6" t="n">
-        <v>66036</v>
+        <v>74043</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта (музичне мистецтво)</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
-          <t>КО 006711</t>
+          <t>КО 006710</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>74038</v>
+        <v>74031</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Англійська мова та зарубіжна література)</t>
+          <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>74043</v>
+        <v>74041</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (музичне мистецтво)</t>
+          <t>Середня освіта (фізична культура)</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
-          <t>КО 006710</t>
+          <t>КО 006712</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>74031</v>
+        <v>88142</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>74041</v>
+        <v>66050</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (фізична культура)</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
-          <t>КО 006712</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I24" s="9"/>
       <c r="J24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>88142</v>
+        <v>88141</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
-[...37 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K26"/>
+  <autoFilter ref="A1:K25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2521,51 +2432,51 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -2592,154 +2503,154 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>105</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>71</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -3082,51 +2993,51 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -3156,88 +3067,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>