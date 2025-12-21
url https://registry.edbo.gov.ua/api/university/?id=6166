--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -317,95 +317,95 @@
         <is>
           <t>м. Яготин</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Незалежності, 110</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(04575) 5 56 48</t>
+          <t>+38(045)-755-56-48;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>jg_osvita@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Начальник відділу</t>
+          <t>Начальник Відділу освіти Яготинської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Комаренко Світлана Олексіївна</t>
+          <t>Миненок Оксана Вікторівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">