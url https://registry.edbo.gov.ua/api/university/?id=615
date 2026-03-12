--- v0 (2025-11-04)
+++ v1 (2026-03-12)
@@ -2460,51 +2460,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -2530,51 +2530,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>