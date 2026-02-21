--- v0 (2025-12-21)
+++ v1 (2026-02-21)
@@ -2125,171 +2125,179 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>78762</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I15" s="9"/>
+          <t>ДО 006768</t>
+        </is>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>78765</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>ДО 006769</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>78767</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДО 006770</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>78770</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>ДО 006771</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I10"/>
@@ -2421,84 +2429,84 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -2520,87 +2528,87 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
@@ -2619,51 +2627,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>