--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -367,51 +367,51 @@
         <is>
           <t>м. Лебедин</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Тараса Шевченка, 73</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(05445) 3-86-42, (05445) 2-16-84</t>
+          <t>+38(054)-452-16-84</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>lebped73@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>lebped.com.ua</t>
         </is>
@@ -2118,93 +2118,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
         <v>86292</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I14" s="9"/>
+          <t>КО 006514</t>
+        </is>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>86641</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I15" s="9"/>
+          <t>КО 006515</t>
+        </is>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>