--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -2506,51 +2506,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -2572,121 +2572,121 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E9" s="8" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>