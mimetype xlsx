--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -2254,51 +2254,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>5.12010101</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>лікувальна справа</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>5.12010102</t>
         </is>
       </c>