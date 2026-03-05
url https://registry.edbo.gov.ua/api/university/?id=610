--- v1 (2026-01-02)
+++ v2 (2026-03-05)
@@ -2518,51 +2518,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>