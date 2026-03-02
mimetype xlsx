--- v0 (2025-12-08)
+++ v1 (2026-03-02)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ФПО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$13</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$22</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$107</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$452</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$334</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$301</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -897,90 +897,90 @@
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>80</v>
       </c>
       <c r="G3" s="7" t="inlineStr">
         <is>
           <t> 16780</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
           <t> 16770</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
@@ -1057,51 +1057,51 @@
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G7" s="7" t="inlineStr">
         <is>
           <t> 1518</t>
         </is>
       </c>
       <c r="H7" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
@@ -1178,51 +1178,51 @@
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="F10" s="6" t="n">
         <v>80</v>
       </c>
       <c r="G10" s="7" t="inlineStr">
         <is>
           <t> 1662</t>
         </is>
       </c>
       <c r="H10" s="9" t="n">
-        <v>46204</v>
+        <v>46356</v>
       </c>
       <c r="I10" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="3" t="inlineStr">
@@ -1295,51 +1295,51 @@
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="F13" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G13" s="7" t="inlineStr">
         <is>
           <t> 16825</t>
         </is>
       </c>
       <c r="H13" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I13" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
@@ -1416,51 +1416,51 @@
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="F16" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G16" s="7" t="inlineStr">
         <is>
           <t> 1503</t>
         </is>
       </c>
       <c r="H16" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I16" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 22.02.2021 № 19-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
@@ -7085,98 +7085,98 @@
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>39765</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література та друга іноземна мова</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t>- 3417</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t>НД 2588419</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>60905</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t>- 3417</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t>НД 2588419</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>22988</v>
@@ -7300,54 +7300,56 @@
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>2439</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Інформатика та математика</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I9" s="9"/>
+          <t>- 19970</t>
+        </is>
+      </c>
+      <c r="I9" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
@@ -7668,419 +7670,419 @@
         <is>
           <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
         <v>39766</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література та друга іноземна мова</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I17" s="9"/>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t>НД 2588419</t>
         </is>
       </c>
       <c r="K17" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Румунська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
         <v>64469</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Румунська мова та література. Зарубіжна література</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
           <t>- 7268</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t>НД 2588419</t>
         </is>
       </c>
       <c r="K18" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Румунська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>65071</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Румунська мова та література</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="7" t="inlineStr">
         <is>
           <t>- 7268</t>
         </is>
       </c>
       <c r="I19" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J19" s="7" t="inlineStr">
         <is>
           <t>НД 2588419</t>
         </is>
       </c>
       <c r="K19" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Румунська мова/мова молдовської національної меншини та зарубіжна література</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>60912</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Румунська мова та література. Зарубіжна література</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
           <t>- 7268</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t>НД 2588419</t>
         </is>
       </c>
       <c r="K20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Румунська/молдовська мова і література</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
         <v>39762</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Румунська мова та література</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
           <t>- 7268</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t>НД 2588419</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>64473</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Технології та інформатика</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t>НД 2588404</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
         <v>3183</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання, технології, інформатика</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I23" s="9"/>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t>НД 2588404</t>
         </is>
       </c>
       <c r="K23" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>3749</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t>НД 2588404</t>
         </is>
       </c>
       <c r="K24" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>63540</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Технології та інформатика</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t>НД 2588404</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>1247</v>
@@ -8173,51 +8175,51 @@
         </is>
       </c>
       <c r="E28" s="6" t="n">
         <v>39767</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Французька мова і література та друга іноземна мова</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
           <t>- 3164</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t>НД 2588419</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>2928</v>
@@ -8429,92 +8431,92 @@
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>27440</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Декоративно-прикладне та образотворче мистецтво</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="7" t="inlineStr">
         <is>
           <t>НД 2588414</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>29586</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t>НД 2588414</t>
         </is>
       </c>
       <c r="K35" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>27406</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
@@ -8943,92 +8945,92 @@
           <t>Економіка</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>2510</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I46" s="9"/>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t>УД 25009159</t>
         </is>
       </c>
       <c r="K46" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>3030</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I47" s="9"/>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t>УД 25009159</t>
         </is>
       </c>
       <c r="K47" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>26914</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -9230,217 +9232,217 @@
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>20537</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t>НД 2591029</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>20534</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I54" s="9"/>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t>НД 2591028</t>
         </is>
       </c>
       <c r="K54" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
         <v>57984</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="7" t="inlineStr">
         <is>
           <t>УД 25018110</t>
         </is>
       </c>
       <c r="K55" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>2459</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Менеджмент туристичної індустрії</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="7" t="inlineStr">
         <is>
           <t>- 13161</t>
         </is>
       </c>
       <c r="I56" s="9" t="n">
         <v>46170</v>
       </c>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t>НД 2588435</t>
         </is>
       </c>
       <c r="K56" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
         <v>3252</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t>НД 2588435</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
         <v>1565</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -9519,174 +9521,174 @@
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>20536</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t>НД 2588434</t>
         </is>
       </c>
       <c r="K60" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>30443</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Економіка та організація бізнесу</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t>НД 2588434</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>57987</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Економіка та організація бізнесу</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I62" s="9"/>
       <c r="J62" s="7" t="inlineStr">
         <is>
           <t>УД 25018112</t>
         </is>
       </c>
       <c r="K62" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>57988</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржові операції</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t>УД 25018112</t>
         </is>
       </c>
       <c r="K63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>26899</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -10009,51 +10011,51 @@
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>30249</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t>НД 2588449</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>26909</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
@@ -10620,51 +10622,51 @@
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>26917</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I87" s="9"/>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t>НД 2588453</t>
         </is>
       </c>
       <c r="K87" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>22991</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
@@ -11352,51 +11354,51 @@
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>26907</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G105" s="3"/>
       <c r="H105" s="7" t="inlineStr">
         <is>
           <t>- 1518</t>
         </is>
       </c>
       <c r="I105" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J105" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D106" s="3"/>
@@ -12057,86 +12059,86 @@
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>26910</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G122" s="3"/>
       <c r="H122" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I122" s="9"/>
       <c r="J122" s="7" t="inlineStr">
         <is>
           <t>НД 2588433</t>
         </is>
       </c>
       <c r="K122" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
         <v>26911</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G123" s="3"/>
       <c r="H123" s="7" t="inlineStr">
         <is>
           <t>- 1662</t>
         </is>
       </c>
       <c r="I123" s="9" t="n">
-        <v>46204</v>
+        <v>46356</v>
       </c>
       <c r="J123" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D124" s="3"/>
@@ -12583,51 +12585,51 @@
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
         <v>84332</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Технології та інформатика)</t>
         </is>
       </c>
       <c r="G134" s="3"/>
       <c r="H134" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I134" s="9"/>
       <c r="J134" s="7" t="inlineStr">
         <is>
           <t>НД 2588404</t>
         </is>
       </c>
       <c r="K134" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E135" s="6" t="n">
         <v>84371</v>
@@ -13195,51 +13197,51 @@
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
         <v>83398</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="G148" s="3"/>
       <c r="H148" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I148" s="9"/>
       <c r="J148" s="7" t="inlineStr">
         <is>
           <t>НД 2588414</t>
         </is>
       </c>
       <c r="K148" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
         <v>84158</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
@@ -13363,96 +13365,96 @@
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E152" s="6" t="n">
         <v>84338</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G152" s="3"/>
       <c r="H152" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I152" s="9"/>
       <c r="J152" s="7" t="inlineStr">
         <is>
           <t>УД 25020646</t>
         </is>
       </c>
       <c r="K152" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E153" s="6" t="n">
         <v>84340</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G153" s="3"/>
       <c r="H153" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I153" s="9"/>
       <c r="J153" s="7" t="inlineStr">
         <is>
           <t>УД 25020646</t>
         </is>
       </c>
       <c r="K153" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
         <v>84036</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
@@ -13818,299 +13820,299 @@
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
         <v>83509</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G163" s="3"/>
       <c r="H163" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I163" s="9"/>
       <c r="J163" s="7" t="inlineStr">
         <is>
           <t>НД 2591029</t>
         </is>
       </c>
       <c r="K163" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
         <v>84006</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G164" s="3"/>
       <c r="H164" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I164" s="9"/>
       <c r="J164" s="7" t="inlineStr">
         <is>
           <t>УД 25018110</t>
         </is>
       </c>
       <c r="K164" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
         <v>83454</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
           <t>Менеджмент туристичної індустрії</t>
         </is>
       </c>
       <c r="G165" s="3"/>
       <c r="H165" s="7" t="inlineStr">
         <is>
           <t>- 16745</t>
         </is>
       </c>
       <c r="I165" s="9" t="n">
         <v>46170</v>
       </c>
       <c r="J165" s="7" t="inlineStr">
         <is>
           <t>НД 2588435</t>
         </is>
       </c>
       <c r="K165" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
         <v>84011</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G166" s="3"/>
       <c r="H166" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I166" s="9"/>
       <c r="J166" s="7" t="inlineStr">
         <is>
           <t>НД 2588435</t>
         </is>
       </c>
       <c r="K166" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
         <v>84015</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та управління бізнесом</t>
         </is>
       </c>
       <c r="G167" s="3"/>
       <c r="H167" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I167" s="9"/>
       <c r="J167" s="7" t="inlineStr">
         <is>
           <t>НД 2588435</t>
         </is>
       </c>
       <c r="K167" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
         <v>86631</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом</t>
         </is>
       </c>
       <c r="G168" s="3"/>
       <c r="H168" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I168" s="9"/>
       <c r="J168" s="7" t="inlineStr">
         <is>
           <t>НД 2588435</t>
         </is>
       </c>
       <c r="K168" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
         <v>84012</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G169" s="3"/>
       <c r="H169" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I169" s="9"/>
       <c r="J169" s="7" t="inlineStr">
         <is>
           <t>УД 25020649</t>
         </is>
       </c>
       <c r="K169" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
         <v>83033</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -14142,51 +14144,51 @@
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
         <v>83037</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="G171" s="3"/>
       <c r="H171" s="7" t="inlineStr">
         <is>
           <t>- 16780</t>
         </is>
       </c>
       <c r="I171" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J171" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K171" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
@@ -14433,51 +14435,51 @@
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
         <v>83331</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G178" s="3"/>
       <c r="H178" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I178" s="9"/>
       <c r="J178" s="7" t="inlineStr">
         <is>
           <t>НД 2588449</t>
         </is>
       </c>
       <c r="K178" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
         <v>84141</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
@@ -14720,51 +14722,51 @@
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
         <v>84143</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="G185" s="3"/>
       <c r="H185" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I185" s="9"/>
       <c r="J185" s="7" t="inlineStr">
         <is>
           <t>НД 2588453</t>
         </is>
       </c>
       <c r="K185" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
         <v>83250</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
@@ -14960,51 +14962,51 @@
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
         <v>83029</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G191" s="3"/>
       <c r="H191" s="7" t="inlineStr">
         <is>
           <t>- 16770</t>
         </is>
       </c>
       <c r="I191" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J191" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D192" s="3"/>
@@ -16294,198 +16296,198 @@
       <c r="E221" s="6" t="n">
         <v>64474</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
           <t>Технології та інформатика</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H221" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I221" s="9"/>
       <c r="J221" s="7" t="inlineStr">
         <is>
           <t>НД 2588471</t>
         </is>
       </c>
       <c r="K221" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D222" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E222" s="6" t="n">
         <v>1563</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I222" s="9"/>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t>НД 2588471</t>
         </is>
       </c>
       <c r="K222" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D223" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E223" s="6" t="n">
         <v>2441</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
           <t>технологічна освіта</t>
         </is>
       </c>
       <c r="G223" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H223" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I223" s="9"/>
       <c r="J223" s="7" t="inlineStr">
         <is>
           <t>НД 2588471</t>
         </is>
       </c>
       <c r="K223" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D224" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E224" s="6" t="n">
         <v>63541</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
           <t>Технології та інформатика</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H224" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I224" s="9"/>
       <c r="J224" s="7" t="inlineStr">
         <is>
           <t>НД 2588471</t>
         </is>
       </c>
       <c r="K224" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D225" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E225" s="6" t="n">
         <v>2356</v>
@@ -16860,56 +16862,54 @@
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
         <v>24241</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="G233" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
-          <t>- 10026</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I233" s="9"/>
       <c r="J233" s="7" t="inlineStr">
         <is>
           <t>УД 25007531</t>
         </is>
       </c>
       <c r="K233" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
@@ -17428,56 +17428,54 @@
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
         <v>3748</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G245" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H245" s="7" t="inlineStr">
         <is>
-          <t>- 10056</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I245" s="9"/>
       <c r="J245" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K245" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
@@ -20067,51 +20065,51 @@
       <c r="C304" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D304" s="3"/>
       <c r="E304" s="6" t="n">
         <v>48804</v>
       </c>
       <c r="F304" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G304" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H304" s="7" t="inlineStr">
         <is>
           <t>- 1503</t>
         </is>
       </c>
       <c r="I304" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J304" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K304" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B305" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C305" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D305" s="3"/>
@@ -20470,55 +20468,55 @@
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D313" s="3"/>
       <c r="E313" s="6" t="n">
         <v>18991</v>
       </c>
       <c r="F313" s="3" t="inlineStr">
         <is>
           <t>Державна служба</t>
         </is>
       </c>
       <c r="G313" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H313" s="7" t="inlineStr">
         <is>
-          <t>- 9688</t>
+          <t>- 19571</t>
         </is>
       </c>
       <c r="I313" s="9" t="n">
-        <v>46001</v>
+        <v>48030</v>
       </c>
       <c r="J313" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K313" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B314" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C314" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D314" s="3"/>
@@ -21040,51 +21038,51 @@
       <c r="E325" s="6" t="n">
         <v>84343</v>
       </c>
       <c r="F325" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G325" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H325" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I325" s="9"/>
       <c r="J325" s="7" t="inlineStr">
         <is>
           <t>УД 25007711</t>
         </is>
       </c>
       <c r="K325" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B326" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C326" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D326" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E326" s="6" t="n">
         <v>84298</v>
@@ -21236,51 +21234,51 @@
       <c r="E329" s="6" t="n">
         <v>84333</v>
       </c>
       <c r="F329" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Технології та інформатика)</t>
         </is>
       </c>
       <c r="G329" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H329" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I329" s="9"/>
       <c r="J329" s="7" t="inlineStr">
         <is>
           <t>НД 2588471</t>
         </is>
       </c>
       <c r="K329" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B330" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C330" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D330" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E330" s="6" t="n">
         <v>84372</v>
@@ -21334,100 +21332,100 @@
       <c r="E331" s="6" t="n">
         <v>84331</v>
       </c>
       <c r="F331" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика, астрономія та інформатика)</t>
         </is>
       </c>
       <c r="G331" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H331" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I331" s="9"/>
       <c r="J331" s="7" t="inlineStr">
         <is>
           <t>НД 2588498</t>
         </is>
       </c>
       <c r="K331" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B332" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C332" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D332" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E332" s="6" t="n">
         <v>84347</v>
       </c>
       <c r="F332" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G332" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H332" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I332" s="9"/>
       <c r="J332" s="7" t="inlineStr">
         <is>
           <t>НД 2591035</t>
         </is>
       </c>
       <c r="K332" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B333" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C333" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D333" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="E333" s="6" t="n">
         <v>84388</v>
@@ -22045,235 +22043,235 @@
       </c>
       <c r="F346" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G346" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H346" s="7" t="inlineStr">
         <is>
           <t>- 16803</t>
         </is>
       </c>
       <c r="I346" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J346" s="7" t="inlineStr">
         <is>
           <t>НД 2588505</t>
         </is>
       </c>
       <c r="K346" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B347" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C347" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D347" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E347" s="6" t="n">
         <v>84341</v>
       </c>
       <c r="F347" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G347" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H347" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I347" s="9"/>
       <c r="J347" s="7" t="inlineStr">
         <is>
           <t>НД 2588505</t>
         </is>
       </c>
       <c r="K347" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B348" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C348" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D348" s="3"/>
       <c r="E348" s="6" t="n">
         <v>84140</v>
       </c>
       <c r="F348" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G348" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H348" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I348" s="9"/>
       <c r="J348" s="7" t="inlineStr">
         <is>
           <t>НД 2591042</t>
         </is>
       </c>
       <c r="K348" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B349" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C349" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D349" s="3"/>
       <c r="E349" s="6" t="n">
         <v>84137</v>
       </c>
       <c r="F349" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="G349" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H349" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I349" s="9"/>
       <c r="J349" s="7" t="inlineStr">
         <is>
           <t>НД 2591043</t>
         </is>
       </c>
       <c r="K349" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B350" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C350" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D350" s="3"/>
       <c r="E350" s="6" t="n">
         <v>84138</v>
       </c>
       <c r="F350" s="3" t="inlineStr">
         <is>
           <t>Міжнародна інформація</t>
         </is>
       </c>
       <c r="G350" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H350" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I350" s="9"/>
       <c r="J350" s="7" t="inlineStr">
         <is>
           <t>НД 2591043</t>
         </is>
       </c>
       <c r="K350" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B351" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C351" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D351" s="3"/>
       <c r="E351" s="6" t="n">
         <v>84162</v>
       </c>
       <c r="F351" s="3" t="inlineStr">
         <is>
           <t>Соціальна психологія</t>
@@ -22499,96 +22497,96 @@
       <c r="E356" s="6" t="n">
         <v>84004</v>
       </c>
       <c r="F356" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G356" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H356" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I356" s="9"/>
       <c r="J356" s="7" t="inlineStr">
         <is>
           <t>НД 2591048</t>
         </is>
       </c>
       <c r="K356" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B357" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C357" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D357" s="3"/>
       <c r="E357" s="6" t="n">
         <v>84008</v>
       </c>
       <c r="F357" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G357" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H357" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I357" s="9"/>
       <c r="J357" s="7" t="inlineStr">
         <is>
           <t>УД 25018111</t>
         </is>
       </c>
       <c r="K357" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B358" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C358" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D358" s="3"/>
       <c r="E358" s="6" t="n">
         <v>83456</v>
       </c>
       <c r="F358" s="3" t="inlineStr">
         <is>
           <t>Менеджмент туристичної індустрії</t>
@@ -22714,106 +22712,104 @@
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C361" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D361" s="3"/>
       <c r="E361" s="6" t="n">
         <v>84038</v>
       </c>
       <c r="F361" s="3" t="inlineStr">
         <is>
           <t>Державна служба</t>
         </is>
       </c>
       <c r="G361" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H361" s="7" t="inlineStr">
         <is>
-          <t>- 16833</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I361" s="9"/>
       <c r="J361" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K361" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B362" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C362" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D362" s="3"/>
       <c r="E362" s="6" t="n">
         <v>84013</v>
       </c>
       <c r="F362" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G362" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H362" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I362" s="9"/>
       <c r="J362" s="7" t="inlineStr">
         <is>
           <t>УД 25020653</t>
         </is>
       </c>
       <c r="K362" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B363" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C363" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D363" s="3"/>
       <c r="E363" s="6" t="n">
         <v>83034</v>
       </c>
       <c r="F363" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -22949,141 +22945,141 @@
       <c r="E366" s="6" t="n">
         <v>83027</v>
       </c>
       <c r="F366" s="3" t="inlineStr">
         <is>
           <t>Біохімія та лабораторна діагностика</t>
         </is>
       </c>
       <c r="G366" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H366" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I366" s="9"/>
       <c r="J366" s="7" t="inlineStr">
         <is>
           <t>УД 25018114</t>
         </is>
       </c>
       <c r="K366" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B367" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C367" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D367" s="3"/>
       <c r="E367" s="6" t="n">
         <v>83028</v>
       </c>
       <c r="F367" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G367" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H367" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I367" s="9"/>
       <c r="J367" s="7" t="inlineStr">
         <is>
           <t>УД 25018114</t>
         </is>
       </c>
       <c r="K367" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B368" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C368" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D368" s="3"/>
       <c r="E368" s="6" t="n">
         <v>83238</v>
       </c>
       <c r="F368" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="G368" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H368" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I368" s="9"/>
       <c r="J368" s="7" t="inlineStr">
         <is>
           <t>НД 2588494</t>
         </is>
       </c>
       <c r="K368" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B369" s="7" t="inlineStr">
         <is>
           <t>E3</t>
         </is>
       </c>
       <c r="C369" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D369" s="3"/>
       <c r="E369" s="6" t="n">
         <v>83241</v>
       </c>
       <c r="F369" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
@@ -23219,96 +23215,96 @@
       <c r="E372" s="6" t="n">
         <v>83333</v>
       </c>
       <c r="F372" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G372" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H372" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I372" s="9"/>
       <c r="J372" s="7" t="inlineStr">
         <is>
           <t>НД 2588499</t>
         </is>
       </c>
       <c r="K372" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B373" s="7" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
       <c r="C373" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D373" s="3"/>
       <c r="E373" s="6" t="n">
         <v>84144</v>
       </c>
       <c r="F373" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="G373" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H373" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I373" s="9"/>
       <c r="J373" s="7" t="inlineStr">
         <is>
           <t>НД 2588496</t>
         </is>
       </c>
       <c r="K373" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B374" s="7" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C374" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D374" s="3"/>
       <c r="E374" s="6" t="n">
         <v>84145</v>
       </c>
       <c r="F374" s="3" t="inlineStr">
         <is>
           <t>Технології програмування та комп’ютерне моделювання</t>
@@ -23399,141 +23395,141 @@
       <c r="E376" s="6" t="n">
         <v>83253</v>
       </c>
       <c r="F376" s="3" t="inlineStr">
         <is>
           <t>Інтелектуальний аналіз даних в комп’ютерних інформаційних системах</t>
         </is>
       </c>
       <c r="G376" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H376" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I376" s="9"/>
       <c r="J376" s="7" t="inlineStr">
         <is>
           <t>УД 25020654</t>
         </is>
       </c>
       <c r="K376" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B377" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C377" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D377" s="3"/>
       <c r="E377" s="6" t="n">
         <v>83382</v>
       </c>
       <c r="F377" s="3" t="inlineStr">
         <is>
           <t>Алгоритмічне та програмне забезпечення комп’ютерних систем</t>
         </is>
       </c>
       <c r="G377" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H377" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I377" s="9"/>
       <c r="J377" s="7" t="inlineStr">
         <is>
           <t>УД 25020654</t>
         </is>
       </c>
       <c r="K377" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B378" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C378" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D378" s="3"/>
       <c r="E378" s="6" t="n">
         <v>84150</v>
       </c>
       <c r="F378" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки та проєктування програмних систем</t>
         </is>
       </c>
       <c r="G378" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H378" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I378" s="9"/>
       <c r="J378" s="7" t="inlineStr">
         <is>
           <t>УД 25020654</t>
         </is>
       </c>
       <c r="K378" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B379" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C379" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D379" s="3"/>
       <c r="E379" s="6" t="n">
         <v>84146</v>
       </c>
       <c r="F379" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
@@ -23751,51 +23747,51 @@
       <c r="C384" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D384" s="3"/>
       <c r="E384" s="6" t="n">
         <v>83030</v>
       </c>
       <c r="F384" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="G384" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H384" s="7" t="inlineStr">
         <is>
           <t>- 16825</t>
         </is>
       </c>
       <c r="I384" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J384" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K384" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B385" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C385" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D385" s="3"/>
@@ -23982,51 +23978,51 @@
       <c r="E389" s="6" t="n">
         <v>83234</v>
       </c>
       <c r="F389" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="G389" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H389" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I389" s="9"/>
       <c r="J389" s="7" t="inlineStr">
         <is>
           <t>УД 25018118</t>
         </is>
       </c>
       <c r="K389" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B390" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C390" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D390" s="3" t="inlineStr">
         <is>
           <t>Відновлювані джерела енергії та гідроенергетика</t>
         </is>
       </c>
       <c r="E390" s="6" t="n">
         <v>84427</v>
@@ -25314,54 +25310,56 @@
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C419" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D419" s="3"/>
       <c r="E419" s="6" t="n">
         <v>38609</v>
       </c>
       <c r="F419" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="G419" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H419" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I419" s="9"/>
+          <t>- 19701</t>
+        </is>
+      </c>
+      <c r="I419" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J419" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K419" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B420" s="7" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="C420" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="D420" s="3"/>
       <c r="E420" s="6" t="n">
@@ -26805,51 +26803,51 @@
       </c>
       <c r="J452" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K452" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K452"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I334"/>
+  <dimension ref="A1:I301"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -26893,51 +26891,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -27111,51 +27109,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -27185,51 +27183,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -27293,125 +27291,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
@@ -27477,196 +27475,196 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E18" s="6" t="n">
         <v>37</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>325</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
         <v>17</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
@@ -27721,158 +27719,158 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>B8</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Богослов'я</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
@@ -27927,285 +27925,285 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>C6</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Географія та регіональні студії</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -28227,51 +28225,51 @@
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -28290,51 +28288,51 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>E3</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>E4</t>
         </is>
       </c>
@@ -28389,51 +28387,51 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>E6</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
@@ -28488,84 +28486,84 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
@@ -28653,54 +28651,54 @@
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
@@ -28719,120 +28717,120 @@
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
@@ -28851,51 +28849,51 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -28917,150 +28915,150 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -29152,51 +29150,51 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>53</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
@@ -29222,128 +29220,128 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -29481,236 +29479,236 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>34</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -29777,54 +29775,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -29851,158 +29849,158 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E87" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="E88" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D89" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E89" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="F90" s="6" t="n">
         <v>63</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -30057,51 +30055,51 @@
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>034</t>
         </is>
       </c>
@@ -30127,54 +30125,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -30201,54 +30199,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>432</v>
+        <v>416</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>170</v>
+        <v>185</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -30308,84 +30306,84 @@
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>041</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Богослов’я</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -30407,87 +30405,87 @@
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -30506,186 +30504,186 @@
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>359</v>
+        <v>338</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -30704,54 +30702,54 @@
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
@@ -30770,84 +30768,84 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
@@ -30869,282 +30867,282 @@
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F117" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F121" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="F124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -31166,117 +31164,117 @@
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -31298,84 +31296,84 @@
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="F131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
@@ -31430,51 +31428,51 @@
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
@@ -31496,183 +31494,183 @@
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -31694,183 +31692,183 @@
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -31896,51 +31894,51 @@
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -31995,183 +31993,183 @@
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F152" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>6.010201</t>
         </is>
       </c>
@@ -32303,51 +32301,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D160" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E160" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -32596,88 +32594,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E168" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F168" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D169" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E169" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -32707,51 +32705,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D171" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="E171" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
@@ -33395,186 +33393,186 @@
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F192" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F193" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I194" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="F195" s="6" t="n">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -33857,117 +33855,117 @@
       <c r="H204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I204" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F205" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I205" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="F206" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I206" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I207" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
@@ -34055,51 +34053,51 @@
       <c r="H210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
           <t>G17</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
@@ -34121,84 +34119,84 @@
       <c r="H212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I212" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F213" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
@@ -34257,51 +34255,51 @@
       <c r="H216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I216" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
@@ -34426,3835 +34424,2702 @@
       <c r="H221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I221" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I222" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F223" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I223" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D224" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D224" s="3" t="inlineStr">
+        <is>
+          <t>Історія та громадянська освіта</t>
+        </is>
+      </c>
       <c r="E224" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F224" s="6" t="n">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="G224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I224" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D225" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E225" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="F225" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I225" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D226" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E226" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F226" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I226" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D227" s="3" t="inlineStr">
         <is>
-          <t>Румунська мова та зарубіжна література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E227" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F227" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I227" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D228" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E228" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F228" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I228" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F229" s="6" t="n">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="G229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I229" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I230" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D231" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E231" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F231" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I231" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F232" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I232" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Облік і оподаткування</t>
+        </is>
+      </c>
+      <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F233" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I233" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+        </is>
+      </c>
+      <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="F234" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I234" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F235" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I235" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F236" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I236" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Хімія</t>
+        </is>
+      </c>
+      <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F237" s="6" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I237" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="F238" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G238" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H238" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I238" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I239" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>106</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F240" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G240" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H240" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I240" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
-          <t>034</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Культурологія</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I241" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Інженерія програмного забезпечення</t>
+        </is>
+      </c>
+      <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F242" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I242" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
-        <v>33</v>
+        <v>5</v>
       </c>
       <c r="F243" s="6" t="n">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="G243" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H243" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I243" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп’ютерна інженерія</t>
+        </is>
+      </c>
+      <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="F244" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I244" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Системний аналіз</t>
+        </is>
+      </c>
+      <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F245" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I245" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
-          <t>041</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
-          <t>Богослов’я</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I246" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="F247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I247" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B248" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F248" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I248" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B249" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>191</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="F249" s="6" t="n">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="G249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I249" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I250" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>193</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I251" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
-[...2 lines deleted...]
-      <c r="D252" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D252" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E252" s="6" t="n">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="F252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I252" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
-        <v>37</v>
+        <v>1</v>
       </c>
       <c r="F253" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G253" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H253" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I253" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B254" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
-        <v>43</v>
+        <v>2</v>
       </c>
       <c r="F254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I254" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="F255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I255" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B256" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
-        <v>107</v>
+        <v>1</v>
       </c>
       <c r="F256" s="6" t="n">
-        <v>68</v>
+        <v>0</v>
       </c>
       <c r="G256" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H256" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I256" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B257" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F257" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G257" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H257" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I257" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B258" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F258" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G258" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H258" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I258" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I259" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F260" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G260" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H260" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I260" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B261" s="7" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F261" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G261" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H261" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I261" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B262" s="7" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>C6</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Географія та регіональні студії</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="F262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I262" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B263" s="7" t="inlineStr">
         <is>
-          <t>106</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="F263" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G263" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H263" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I263" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B264" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F264" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G264" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H264" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I264" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B265" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D265" s="3"/>
       <c r="E265" s="6" t="n">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="F265" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G265" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H265" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I265" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B266" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>D9</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="F266" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G266" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H266" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I266" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B267" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D267" s="3"/>
       <c r="E267" s="6" t="n">
-        <v>54</v>
+        <v>1</v>
       </c>
       <c r="F267" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G267" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H267" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I267" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B268" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>E3</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="F268" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G268" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H268" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I268" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B269" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D269" s="3"/>
       <c r="E269" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F269" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G269" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H269" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I269" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B270" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>E6</t>
         </is>
       </c>
       <c r="C270" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D270" s="3"/>
       <c r="E270" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F270" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G270" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H270" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I270" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B271" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D271" s="3"/>
       <c r="E271" s="6" t="n">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="F271" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G271" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H271" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I271" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B272" s="7" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D272" s="3"/>
       <c r="E272" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F272" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G272" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H272" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I272" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B273" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D273" s="3"/>
       <c r="E273" s="6" t="n">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="F273" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G273" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H273" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I273" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B274" s="7" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D274" s="3"/>
       <c r="E274" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F274" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G274" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H274" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I274" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B275" s="7" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
-          <t>Видавництво та поліграфія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D275" s="3"/>
       <c r="E275" s="6" t="n">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="F275" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G275" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H275" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I275" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B276" s="7" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C276" s="3" t="inlineStr">
         <is>
-          <t>Архітектура та містобудування</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D276" s="3"/>
       <c r="E276" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="F276" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G276" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H276" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I276" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B277" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C277" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D277" s="3"/>
       <c r="E277" s="6" t="n">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="F277" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G277" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H277" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I277" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B278" s="7" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
-          <t>Геодезія та землеустрій</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D278" s="3"/>
       <c r="E278" s="6" t="n">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="F278" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G278" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H278" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I278" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B279" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D279" s="3"/>
       <c r="E279" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F279" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G279" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H279" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I279" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B280" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D280" s="3"/>
       <c r="E280" s="6" t="n">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="F280" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G280" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H280" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I280" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B281" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C281" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D281" s="3"/>
       <c r="E281" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F281" s="6" t="n">
         <v>2</v>
       </c>
-      <c r="F281" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G281" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H281" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I281" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B282" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C282" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D282" s="3"/>
       <c r="E282" s="6" t="n">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="F282" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G282" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H282" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I282" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B283" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D283" s="3"/>
       <c r="E283" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F283" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G283" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H283" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I283" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B284" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D284" s="3"/>
       <c r="E284" s="6" t="n">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="F284" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G284" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H284" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I284" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B285" s="7" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D285" s="3"/>
       <c r="E285" s="6" t="n">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="F285" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G285" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H285" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I285" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B286" s="7" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D286" s="3"/>
       <c r="E286" s="6" t="n">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F286" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G286" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H286" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I286" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B287" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C287" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D287" s="3"/>
       <c r="E287" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F287" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G287" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H287" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I287" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B288" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="F288" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G288" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H288" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I288" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B289" s="7" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D289" s="3"/>
       <c r="E289" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F289" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G289" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H289" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I289" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B290" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F290" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G290" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H290" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I290" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B291" s="7" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D291" s="3"/>
       <c r="E291" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="F291" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G291" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H291" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I291" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B292" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D292" s="3"/>
       <c r="E292" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F292" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G292" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H292" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I292" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B293" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D293" s="3"/>
       <c r="E293" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F293" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G293" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H293" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I293" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B294" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D294" s="3"/>
       <c r="E294" s="6" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F294" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G294" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H294" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I294" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B295" s="7" t="inlineStr">
         <is>
-          <t>C6</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
-          <t>Географія та регіональні студії</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D295" s="3"/>
       <c r="E295" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F295" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G295" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H295" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I295" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B296" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>106</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="D296" s="3"/>
       <c r="E296" s="6" t="n">
+        <v>22</v>
+      </c>
+      <c r="F296" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="G296" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H296" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I296" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B297" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D297" s="3"/>
       <c r="E297" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F297" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G297" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H297" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I297" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B298" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C298" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D298" s="3"/>
       <c r="E298" s="6" t="n">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F298" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G298" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H298" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I298" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B299" s="7" t="inlineStr">
         <is>
-          <t>D9</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C299" s="3" t="inlineStr">
         <is>
-          <t>Міжнародне право</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D299" s="3"/>
       <c r="E299" s="6" t="n">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="F299" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G299" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H299" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I299" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B300" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D300" s="3"/>
       <c r="E300" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F300" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="F300" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G300" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H300" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I300" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B301" s="7" t="inlineStr">
         <is>
-          <t>E3</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D301" s="3"/>
       <c r="E301" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F301" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G301" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H301" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I301" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="302">
-[...1087 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I334"/>
+  <autoFilter ref="A1:I301"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>