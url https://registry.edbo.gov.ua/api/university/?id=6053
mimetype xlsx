--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -157,83 +157,83 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради Одеського району Одеської області</t>
+          <t>Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>6053</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>Управління освіти Фонтанської сільської ради</t>
+          <t>УОКТМС</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
@@ -319,81 +319,85 @@
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>с. Фонтанка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Степна, 4</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
-      <c r="B16" s="3"/>
+      <c r="B16" s="3" t="inlineStr">
+        <is>
+          <t>+38(093)-857-84-48</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>fontankauo21@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>Начальник Управління освіти, культури, туризму, молоді та спорту Фонтанської сільської ради Одеського району Одеської області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Марінєску Оксана Олексіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>