--- v0 (2025-11-06)
+++ v1 (2025-12-28)
@@ -3959,51 +3959,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
@@ -4157,51 +4157,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>