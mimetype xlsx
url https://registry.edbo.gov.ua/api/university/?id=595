--- v1 (2025-12-28)
+++ v2 (2026-03-10)
@@ -2393,56 +2393,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>42965</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t>ДС 002142</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I15" s="9"/>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
@@ -2516,55 +2514,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>55729</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування і ремонт підприємств гірничо-збагачувального комплексу</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
+          <t>ДС 006963</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
-        <v>46084</v>
+        <v>48030</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D19" s="3"/>
@@ -3757,51 +3755,51 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -3827,84 +3825,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -4091,117 +4089,117 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -4223,84 +4221,84 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -4322,51 +4320,51 @@
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>