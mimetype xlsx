--- v0 (2025-12-08)
+++ v1 (2026-02-13)
@@ -2623,84 +2623,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -2722,51 +2722,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>