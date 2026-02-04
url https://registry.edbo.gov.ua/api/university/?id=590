--- v0 (2025-11-06)
+++ v1 (2026-02-04)
@@ -1758,88 +1758,88 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>