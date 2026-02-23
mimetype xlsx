--- v0 (2025-10-13)
+++ v1 (2026-02-23)
@@ -269,113 +269,109 @@
         <is>
           <t>Селищна рада</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>16572</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA74020030130029953</t>
+          <t>UA74040130010044564</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Регіон (місцезнаходження)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
-          <t>с. Дмитрівка</t>
+          <t>с-ще Дмитрівка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Незалежності, 18</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+380(46)-354-52-46</t>
+          <t>+38(046)-354-52-46</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Голова селищної ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>