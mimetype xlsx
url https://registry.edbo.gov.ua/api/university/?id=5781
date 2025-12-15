--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -2856,51 +2856,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -2926,51 +2926,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -3091,51 +3091,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -3157,51 +3157,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>