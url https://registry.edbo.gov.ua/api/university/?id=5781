--- v1 (2025-12-15)
+++ v2 (2026-03-09)
@@ -2856,51 +2856,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -3025,220 +3025,220 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E15" s="8" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>