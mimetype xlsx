--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -2313,96 +2313,96 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>5</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>85</v>
       </c>
       <c r="C6" s="8" t="n">