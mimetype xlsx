--- v1 (2025-12-21)
+++ v2 (2026-03-05)
@@ -2313,142 +2313,142 @@
       </c>
       <c r="B2" s="8" t="n">
         <v>5</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>143</v>
+        <v>132</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>146</v>
+        <v>118</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>88</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>