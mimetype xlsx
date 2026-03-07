--- v0 (2025-11-08)
+++ v1 (2026-03-07)
@@ -377,51 +377,51 @@
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>drhcentr@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Гармаш Наталія Луарсабівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -464,94 +464,94 @@
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
           <t>Регіон</t>
         </is>
       </c>
       <c r="D1" s="5" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Населений пункт</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "КРИВОРІЗЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР" КОМУНАЛЬНОГО ПІДПРИЄМСТВА "ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ «ДНІПРОВСЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР» КОМУНАЛЬНОГО НЕКОМЕРЦІЙНОГО ТОВАРИСТВА «ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ» ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ»</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>6461</v>
+        <v>6462</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="D2" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
-          <t>м. Кривий Ріг</t>
+          <t>м. Дніпро</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ «ДНІПРОВСЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР» КОМУНАЛЬНОГО ПІДПРИЄМСТВА «ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ» ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ»</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ «КРИВОРІЗЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР» КОМУНАЛЬНОГО НЕКОМЕРЦІЙНОГО ТОВАРИСТВА «ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ» ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ»</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>6462</v>
+        <v>6461</v>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="D3" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
-          <t>м. Дніпро</t>
+          <t>м. Кривий Ріг</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:E3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>