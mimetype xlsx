--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -3431,54 +3431,56 @@
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>64690</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Енергоефективні технології в системах електрозабезпечення гірничих та металургійних підприємств</t>
         </is>
       </c>
       <c r="G45" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H45" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I45" s="9"/>
+          <t>- 19297</t>
+        </is>
+      </c>
+      <c r="I45" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
@@ -3894,1265 +3896,1273 @@
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>67504</v>
+        <v>88234</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки та цифровий інтелект</t>
+          <t>Проєктне управління соціально-психологічною підтримкою</t>
         </is>
       </c>
       <c r="G56" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H56" s="8" t="inlineStr">
         <is>
-          <t>- 16598</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I56" s="9"/>
       <c r="J56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>67488</v>
+        <v>88316</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
-          <t>Металургія сталі</t>
+          <t>Ефективність бізнес-процесів та проєктне управління змінами</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H57" s="8" t="inlineStr">
         <is>
-          <t>- 16590</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I57" s="9"/>
       <c r="J57" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>67489</v>
+        <v>67504</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
-          <t>Аглодоменне виробництво</t>
+          <t>Комп'ютерні науки та цифровий інтелект</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H58" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I58" s="9"/>
+          <t>- 16598</t>
+        </is>
+      </c>
+      <c r="I58" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>67490</v>
+        <v>67488</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
-          <t>Сучасні технології прокатного виробництва</t>
+          <t>Металургія сталі</t>
         </is>
       </c>
       <c r="G59" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H59" s="8" t="inlineStr">
         <is>
-          <t>- 16591</t>
+          <t>- 16590</t>
         </is>
       </c>
       <c r="I59" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J59" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
-          <t>G16</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Гірництво та нафтогазові технології</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>67492</v>
+        <v>67489</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
-          <t>Технології відкритої розробки родовищ</t>
+          <t>Аглодоменне виробництво</t>
         </is>
       </c>
       <c r="G60" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H60" s="8" t="inlineStr">
         <is>
-          <t>- 16595</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I60" s="9"/>
       <c r="J60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
-          <t>G16</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Гірництво та нафтогазові технології</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>67494</v>
+        <v>67490</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
-          <t>Новітні технології розробки родовищ корисних копалин</t>
+          <t>Сучасні технології прокатного виробництва</t>
         </is>
       </c>
       <c r="G61" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H61" s="8" t="inlineStr">
         <is>
-          <t>- 16594</t>
+          <t>- 16591</t>
         </is>
       </c>
       <c r="I61" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J61" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>67495</v>
+        <v>67492</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
-          <t>Технології збагачення корисних копалин</t>
+          <t>Технології відкритої розробки родовищ</t>
         </is>
       </c>
       <c r="G62" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H62" s="8" t="inlineStr">
         <is>
-          <t>- 16596</t>
+          <t>- 16595</t>
         </is>
       </c>
       <c r="I62" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J62" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K62" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>67496</v>
+        <v>67494</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>Сучасні методи маркшейдерського забезпечення процесів видобування корисних копалин</t>
+          <t>Новітні технології розробки родовищ корисних копалин</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H63" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I63" s="9"/>
+          <t>- 16594</t>
+        </is>
+      </c>
+      <c r="I63" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J63" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>67498</v>
+        <v>67495</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
-          <t>Інноваційні технології та системи захисту навколишнього середовища</t>
+          <t>Технології збагачення корисних копалин</t>
         </is>
       </c>
       <c r="G64" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H64" s="8" t="inlineStr">
         <is>
-          <t>- 16593</t>
+          <t>- 16596</t>
         </is>
       </c>
       <c r="I64" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>67502</v>
+        <v>67496</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
-          <t>Енергоефективні технології в системах електрозабезпечення гірничих та металургійних підприємств</t>
+          <t>Сучасні методи маркшейдерського забезпечення процесів видобування корисних копалин</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>67503</v>
+        <v>67498</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>Інтелектуальні системи управління та робототехнічні комплекси в гірничо-металургійному виробництві</t>
+          <t>Інноваційні технології та системи захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H66" s="8" t="inlineStr">
         <is>
-          <t>- 16599</t>
+          <t>- 16593</t>
         </is>
       </c>
       <c r="I66" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>67501</v>
+        <v>67502</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>Інноваційна діяльність у матеріалознавстві</t>
+          <t>Енергоефективні технології в системах електрозабезпечення гірничих та металургійних підприємств</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="8" t="inlineStr">
         <is>
-          <t>- 16589</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I67" s="9"/>
       <c r="J67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>67500</v>
+        <v>67503</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>Конструювання мехатронних систем</t>
+          <t>Інтелектуальні системи управління та робототехнічні комплекси в гірничо-металургійному виробництві</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I68" s="9"/>
+          <t>- 16599</t>
+        </is>
+      </c>
+      <c r="I68" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J68" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
-          <t>J4</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Охорона праці</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>67319</v>
+        <v>67501</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>Аудит та консалтинг безпеки праці</t>
+          <t>Інноваційна діяльність у матеріалознавстві</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="8" t="inlineStr">
         <is>
-          <t>- 16597</t>
+          <t>- 16589</t>
         </is>
       </c>
       <c r="I69" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>62653</v>
+        <v>67500</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Конструювання мехатронних систем</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H70" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>J4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Охорона праці</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>62654</v>
+        <v>67319</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп'ютерно-інтегровані технології та робототехніка</t>
+          <t>Аудит та консалтинг безпеки праці</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H71" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I71" s="9"/>
+          <t>- 16597</t>
+        </is>
+      </c>
+      <c r="I71" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J71" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K71" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>62861</v>
+        <v>62653</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека у гірничо-металургійному комплексі</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H72" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>67508</v>
+        <v>62654</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Автоматизація, комп'ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H73" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K73" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
-          <t>G16</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Гірництво та нафтогазові технології</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>67509</v>
+        <v>62861</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
-          <t>Гірництво</t>
+          <t>Цивільна безпека у гірничо-металургійному комплексі</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H74" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I74" s="9"/>
       <c r="J74" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>67511</v>
+        <v>67508</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп'ютерно-інтегровані технології та робототехніка</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K75" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>67510</v>
+        <v>67509</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство в металургії та гірництві</t>
+          <t>Гірництво</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H76" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
-          <t>K10</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>67322</v>
+        <v>67511</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека у гірничо-металургійному комплексі</t>
+          <t>Автоматизація, комп'ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="G77" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K77" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
-          <t>Фаховий молодший бакалавр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>67715</v>
+        <v>67510</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
-          <t>Металургія чорних металів та сплавів</t>
-[...2 lines deleted...]
-      <c r="G78" s="3"/>
+          <t>Матеріалознавство в металургії та гірництві</t>
+        </is>
+      </c>
+      <c r="G78" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H78" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
-          <t>Фаховий молодший бакалавр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
-          <t>G16</t>
+          <t>K10</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Гірництво та нафтогазові технології</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>85370</v>
+        <v>67322</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
-          <t>Підземна розробка корисних копалин</t>
-[...2 lines deleted...]
-      <c r="G79" s="3"/>
+          <t>Цивільна безпека у гірничо-металургійному комплексі</t>
+        </is>
+      </c>
+      <c r="G79" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H79" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K79" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
-          <t>G16</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Гірництво та нафтогазові технології</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>86251</v>
+        <v>67715</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та ремонт гірничого електромеханічного обладнання та автоматичних пристроїв</t>
+          <t>Металургія чорних металів та сплавів</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>78454</v>
+        <v>85370</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
-          <t>Монтаж, експлуатація та ремонт електромеханічного обладнання та обладнання систем електропостачання у ГМК</t>
+          <t>Підземна розробка корисних копалин</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K81" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>86193</v>
+        <v>86251</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
-          <t>Монтаж, експлуатація та ремонт електромеханічного обладнання та обладнання систем електропостачання у гірничо-металургійному комплексі</t>
+          <t>Експлуатація та ремонт гірничого електромеханічного обладнання та автоматичних пристроїв</t>
         </is>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K82" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>67713</v>
+        <v>86193</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація систем автоматизації технологічних процесів</t>
+          <t>Монтаж, експлуатація та ремонт електромеханічного обладнання та обладнання систем електропостачання у гірничо-металургійному комплексі</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>67709</v>
+        <v>67713</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
-          <t>Експлуатація та обслуговування механічного обладнання та систем в ГМК</t>
+          <t>Експлуатація систем автоматизації технологічних процесів</t>
         </is>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I84" s="9"/>
       <c r="J84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K84" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>G9</t>
@@ -5299,51 +5309,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -5464,51 +5474,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
@@ -5530,84 +5540,84 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>J4</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -5629,54 +5639,54 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -5893,51 +5903,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
@@ -6124,51 +6134,51 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -6256,51 +6266,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>J4</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>