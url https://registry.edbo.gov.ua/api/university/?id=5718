--- v1 (2025-12-23)
+++ v2 (2026-03-05)
@@ -21,57 +21,57 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ФПО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$85</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$45</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -449,85 +449,92 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A3"/>
+  <dimension ref="A1:A4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Гірничо-металургійний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Факультет автоматизації виробництва та цифрових технологій</t>
         </is>
       </c>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
+      <c r="A4" s="3" t="inlineStr">
+        <is>
+          <t>Факультет автоматизації виробництва, інформаційних та управлінських технологій</t>
+        </is>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:A3"/>
+  <autoFilter ref="A1:A4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2236,54 +2243,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>61836</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Збагачення корисних копалин</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>- 19534</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
@@ -3210,54 +3219,56 @@
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>64688</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерне конструювання мехатронних систем</t>
         </is>
       </c>
       <c r="G40" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H40" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I40" s="9"/>
+          <t>- 19413</t>
+        </is>
+      </c>
+      <c r="I40" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
@@ -3388,54 +3399,56 @@
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>55713</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Аглодоменне виробництво</t>
         </is>
       </c>
       <c r="G44" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H44" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I44" s="9"/>
+          <t>- 19414</t>
+        </is>
+      </c>
+      <c r="I44" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
@@ -3656,54 +3669,56 @@
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>64753</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Сучасні методи маркшейдерського забезпечення процесів видобування корисних копалин</t>
         </is>
       </c>
       <c r="G50" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H50" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I50" s="9"/>
+          <t>- 19535</t>
+        </is>
+      </c>
+      <c r="I50" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
@@ -5191,51 +5206,51 @@
       <c r="I85" s="9"/>
       <c r="J85" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K85" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K85"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I49"/>
+  <dimension ref="A1:I45"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -5441,51 +5456,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -5672,84 +5687,84 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
@@ -5837,51 +5852,51 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -5969,84 +5984,84 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -6299,595 +6314,463 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Гірництво</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="F41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>G16</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
+        <v>18</v>
+      </c>
+      <c r="F43" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
-[...130 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I49"/>
+  <autoFilter ref="A1:I45"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>