--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -465,51 +465,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>третій (освітньо-науковий) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>4</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.06.2023 № 245-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>