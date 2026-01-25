--- v0 (2025-10-16)
+++ v1 (2026-01-25)
@@ -655,51 +655,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>початковий рівень (короткий цикл)</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>12</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.03.2021 № 26-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -800,85 +800,87 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>122</v>
       </c>
       <c r="G2" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H2" s="9"/>
+          <t>УД 04009940</t>
+        </is>
+      </c>
+      <c r="H2" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 07.05.2025 № 50-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
@@ -2238,97 +2240,101 @@
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>75125</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K29" s="9"/>
+          <t>УД 04009934</t>
+        </is>
+      </c>
+      <c r="K29" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
         <v>83468</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K30" s="9"/>
+          <t>УД 04009934</t>
+        </is>
+      </c>
+      <c r="K30" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>87074</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Міжнародні комунікації та журналістика</t>
         </is>
@@ -2476,288 +2482,302 @@
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>75122</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Менеджмент креативних індустрій</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K35" s="9"/>
+          <t>УД 04009937</t>
+        </is>
+      </c>
+      <c r="K35" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>75124</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K36" s="9"/>
+          <t>УД 04009937</t>
+        </is>
+      </c>
+      <c r="K36" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>75152</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K37" s="9"/>
+          <t>УД 04009942</t>
+        </is>
+      </c>
+      <c r="K37" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>75131</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K38" s="9"/>
+          <t>УД 04009938</t>
+        </is>
+      </c>
+      <c r="K38" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>75132</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K39" s="9"/>
+          <t>УД 04017959</t>
+        </is>
+      </c>
+      <c r="K39" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>75133</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K40" s="9"/>
+          <t>УД 04009940</t>
+        </is>
+      </c>
+      <c r="K40" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>75135</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K41" s="9"/>
+          <t>УД 04009941</t>
+        </is>
+      </c>
+      <c r="K41" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>75136</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
         </is>
@@ -3034,56 +3054,54 @@
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
         <v>60226</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="G49" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H49" s="7" t="inlineStr">
         <is>
-          <t>- 9400</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I49" s="9"/>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
@@ -3124,54 +3142,56 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>63783</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H51" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I51" s="9"/>
+          <t>- 19165</t>
+        </is>
+      </c>
+      <c r="I51" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
@@ -3928,55 +3948,55 @@
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>57196</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Міжнародні комунікації</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="7" t="inlineStr">
         <is>
-          <t>- 9517</t>
+          <t>- 19237</t>
         </is>
       </c>
       <c r="I69" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D70" s="3"/>
@@ -4071,101 +4091,105 @@
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
         <v>75157</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K72" s="9"/>
+          <t>УД 04009944</t>
+        </is>
+      </c>
+      <c r="K72" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
         <v>83469</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H73" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K73" s="9"/>
+          <t>УД 04009944</t>
+        </is>
+      </c>
+      <c r="K73" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>75183</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Міжнародні комунікації</t>
         </is>
@@ -4333,140 +4357,146 @@
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>75164</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K78" s="9"/>
+          <t>УД 04009947</t>
+        </is>
+      </c>
+      <c r="K78" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>75165</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Менеджмент бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H79" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K79" s="9"/>
+          <t>УД 04009947</t>
+        </is>
+      </c>
+      <c r="K79" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>75182</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K80" s="9"/>
+          <t>УД 04009950</t>
+        </is>
+      </c>
+      <c r="K80" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>75166</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
@@ -4552,54 +4582,56 @@
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>75169</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G83" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K83" s="9"/>
+          <t>УД 04009949</t>
+        </is>
+      </c>
+      <c r="K83" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>75175</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
@@ -4794,317 +4826,319 @@
         </is>
       </c>
       <c r="H88" s="7" t="inlineStr">
         <is>
           <t>УД 04017961</t>
         </is>
       </c>
       <c r="I88" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J88" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K88" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Молодший бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>47977</v>
+        <v>47978</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="7" t="inlineStr">
         <is>
-          <t>- 11332</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I89" s="9"/>
       <c r="J89" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
-          <t>Молодший бакалавр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>47978</v>
+        <v>56463</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
-[...2 lines deleted...]
-      <c r="G90" s="3"/>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="G90" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
       <c r="H90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K90" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>56463</v>
+        <v>62359</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>62359</v>
+        <v>56464</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H92" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I92" s="9"/>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K92" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>56464</v>
+        <v>75258</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G93" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I93" s="9"/>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>75258</v>
+        <v>75261</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H94" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I94" s="9"/>
       <c r="J94" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K94" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>75261</v>
+        <v>88183</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H95" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K95" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
@@ -5373,114 +5407,114 @@
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>55</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -5505,84 +5539,84 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>11</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -5604,117 +5638,117 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
@@ -5872,122 +5906,122 @@
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
@@ -6009,117 +6043,117 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -6174,51 +6208,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -6240,51 +6274,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -6309,147 +6343,147 @@
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>79</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
@@ -6471,51 +6505,51 @@
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -6603,54 +6637,54 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
@@ -6669,51 +6703,51 @@
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
@@ -6874,51 +6908,51 @@
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -7003,54 +7037,54 @@
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -7208,51 +7242,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
@@ -7304,117 +7338,117 @@
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -7538,81 +7572,81 @@
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>21</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
@@ -7670,147 +7704,147 @@
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>