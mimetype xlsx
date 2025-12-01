--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -584,51 +584,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5162 Поліцейський (за спеціалізаціями)</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>67</v>
+        <v>108</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>