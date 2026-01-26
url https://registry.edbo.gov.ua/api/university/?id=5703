--- v1 (2025-12-01)
+++ v2 (2026-01-26)
@@ -584,51 +584,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5162 Поліцейський (за спеціалізаціями)</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>108</v>
+        <v>148</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>