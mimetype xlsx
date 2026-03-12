--- v2 (2026-01-26)
+++ v3 (2026-03-12)
@@ -265,51 +265,51 @@
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Національна поліція України</t>
         </is>
@@ -584,51 +584,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5162 Поліцейський (за спеціалізаціями)</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>148</v>
+        <v>201</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>