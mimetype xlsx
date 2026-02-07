--- v0 (2025-10-15)
+++ v1 (2026-02-07)
@@ -19,56 +19,56 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$14</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$221</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$158</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$182</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$136</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -454,206 +454,213 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:A14"/>
+  <dimension ref="A1:A15"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Інститут післядипломної освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>Дошкільної освіти</t>
+          <t>Навчально-науковий інститут української філології імені Г.Ф.Квітки-Основ'яненка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Іноземної філології</t>
+          <t>Дошкільної освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Історії і права</t>
+          <t>Іноземної філології</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Мистецтв</t>
+          <t>Історії і права</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Початкового навчання</t>
+          <t>Мистецтв</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Природничої, спеціальної і здоров`язбережувальної освіти</t>
+          <t>Початкового навчання</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>Соціально-гуманітарних наук і соціальних технологій</t>
+          <t>Природничої, спеціальної і здоров`язбережувальної освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>Український мовно-літературний ім. Г.Ф. Квітки-Основ`яненка</t>
+          <t>Соціально-гуманітарних наук і соціальних технологій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>Фізико-математичний</t>
+          <t>Український мовно-літературний ім. Г.Ф. Квітки-Основ`яненка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Фізичного виховання і спорту</t>
+          <t>Фізико-математичний</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>Центр міжнародного співробітництва та міжнародної освіти</t>
+          <t>Фізичного виховання і спорту</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
+          <t>Центр міжнародного співробітництва та міжнародної освіти</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="3" t="inlineStr">
+        <is>
           <t>Юридичний</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:A14"/>
+  <autoFilter ref="A1:A15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>1692</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 12.04.2021 № 42-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>другий (магістерський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -739,51 +746,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -1080,51 +1087,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Науки про освіту</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1145,51 +1152,51 @@
       </c>
       <c r="K2" s="9"/>
       <c r="L2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.04.2016 № 443</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K221"/>
+  <dimension ref="A1:K182"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -1780,51 +1787,51 @@
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>30316</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Інформатика в закладах освіти</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t>НД 2183507</t>
         </is>
       </c>
       <c r="K14" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>30298</v>
@@ -2206,8998 +2213,7231 @@
           <t>УД 21002384</t>
         </is>
       </c>
       <c r="K23" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (англійська)</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
-        <v>36290</v>
+        <v>30300</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література в закладах освіти</t>
+          <t>Музичне мистецтво в закладах освіти</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I24" s="9"/>
+          <t>- 301</t>
+        </is>
+      </c>
+      <c r="I24" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J24" s="8" t="inlineStr">
         <is>
-          <t>УД 21002389</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
-        <v>30300</v>
+        <v>51906</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво в закладах освіти</t>
+          <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
-          <t>- 301</t>
+          <t>- 3420</t>
         </is>
       </c>
       <c r="I25" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
-        <v>49291</v>
+        <v>39770</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
-          <t>Естрадний і народний спів у закладах освіти</t>
+          <t>Німецька мова і література в закладах освіти</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K26" s="9"/>
+          <t>УД 21002389</t>
+        </is>
+      </c>
+      <c r="K26" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>51906</v>
+        <v>61037</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Музичне мистецтво)</t>
+          <t>Німецька мова і література в закладах освіти</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
-          <t>- 3420</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I27" s="9"/>
       <c r="J27" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K27" s="9"/>
+          <t>УД 21002389</t>
+        </is>
+      </c>
+      <c r="K27" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і література</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
-        <v>39770</v>
+        <v>2990</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і література в закладах освіти</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
-          <t>УД 21002389</t>
+          <t>УД 21002384</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
-        <v>61037</v>
+        <v>64260</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і література в закладах освіти</t>
+          <t>Середня освіта (Технології)</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="8" t="inlineStr">
         <is>
-          <t>УД 21002389</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
-        <v>2990</v>
+        <v>30310</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Українська мова і література в закладах освіти</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="8" t="inlineStr">
         <is>
-          <t>УД 21002384</t>
+          <t>УД 21002387</t>
         </is>
       </c>
       <c r="K30" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
-        <v>54474</v>
+        <v>30311</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Українська мова і література, англійська мова в закладах освіти</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K31" s="9"/>
+          <t>УД 21002387</t>
+        </is>
+      </c>
+      <c r="K31" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
-          <t>Російська мова і література</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
-        <v>48530</v>
+        <v>54475</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
-          <t>Російська мова, англійська мова і світова література в закладах освіти</t>
+          <t>Українська мова і література, польська мова в закладах освіти</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I32" s="9"/>
       <c r="J32" s="8" t="inlineStr">
         <is>
-          <t>УД 21002389</t>
+          <t>УД 21002387</t>
         </is>
       </c>
       <c r="K32" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
-          <t>Російська мова і література</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
-        <v>49306</v>
+        <v>56655</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
-          <t>Російська мова і зарубіжна література, англійська мова в закладах освіти</t>
+          <t>Українська мова і література, зарубіжна література в закладах освіти</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="8" t="inlineStr">
         <is>
-          <t>УД 21002389</t>
+          <t>УД 21002387</t>
         </is>
       </c>
       <c r="K33" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Фізика</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
-        <v>64260</v>
+        <v>30315</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Технології)</t>
+          <t>Фізика в закладах освіти</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K34" s="9"/>
+          <t>УД 21019058</t>
+        </is>
+      </c>
+      <c r="K34" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>30310</v>
+        <v>57844</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література в закладах освіти</t>
+          <t>Фізика в закладах освіти</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="8" t="inlineStr">
         <is>
-          <t>УД 21002387</t>
+          <t>УД 21019058</t>
         </is>
       </c>
       <c r="K35" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
-        <v>30311</v>
+        <v>63926</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, англійська мова в закладах освіти</t>
+          <t>Фізика та астрономія в закладах освіти</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="8" t="inlineStr">
         <is>
-          <t>УД 21002387</t>
+          <t>УД 21019058</t>
         </is>
       </c>
       <c r="K36" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
-        <v>54475</v>
+        <v>30318</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, польська мова в закладах освіти</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="8" t="inlineStr">
         <is>
-          <t>УД 21002387</t>
+          <t>УД 21002382</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
-        <v>56655</v>
+        <v>54477</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, зарубіжна література в закладах освіти</t>
+          <t>Фізична культура в закладах освіти</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="8" t="inlineStr">
         <is>
-          <t>УД 21002387</t>
+          <t>УД 21002382</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
-          <t>Фізика</t>
+          <t>Французька мова і література</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
-        <v>30315</v>
+        <v>39771</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
-          <t>Фізика в закладах освіти</t>
+          <t>Французька мова і література в закладах освіти</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="8" t="inlineStr">
         <is>
-          <t>УД 21019058</t>
+          <t>УД 21002389</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Французька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
-        <v>57844</v>
+        <v>61038</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Фізика в закладах освіти</t>
+          <t>Французька мова і література в закладах освіти</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="8" t="inlineStr">
         <is>
-          <t>УД 21019058</t>
+          <t>УД 21002389</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
-        <v>63926</v>
+        <v>49297</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія в закладах освіти</t>
+          <t>Хімія та біологія в закладах освіти</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I41" s="9"/>
+          <t>- 12764</t>
+        </is>
+      </c>
+      <c r="I41" s="9" t="n">
+        <v>46170</v>
+      </c>
       <c r="J41" s="8" t="inlineStr">
         <is>
-          <t>УД 21019058</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>30318</v>
+        <v>64257</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I42" s="9"/>
+          <t>- 7577</t>
+        </is>
+      </c>
+      <c r="I42" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J42" s="8" t="inlineStr">
         <is>
-          <t>УД 21002382</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>54477</v>
+        <v>46372</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура в закладах освіти</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I43" s="9"/>
+          <t>- 7576</t>
+        </is>
+      </c>
+      <c r="I43" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J43" s="8" t="inlineStr">
         <is>
-          <t>УД 21002382</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і література</t>
+          <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>39771</v>
+        <v>46376</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і література в закладах освіти</t>
+          <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I44" s="9"/>
+          <t>- 7577</t>
+        </is>
+      </c>
+      <c r="I44" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J44" s="8" t="inlineStr">
         <is>
-          <t>УД 21002389</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>61038</v>
+        <v>54470</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і література в закладах освіти</t>
+          <t>Тренерська діяльність в обраному виді спорту</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="8" t="inlineStr">
         <is>
-          <t>УД 21002389</t>
+          <t>УД 21002383</t>
         </is>
       </c>
       <c r="K45" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>49297</v>
+        <v>56046</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
-          <t>Хімія та біологія в закладах освіти</t>
+          <t>Фітнес та рекреація</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="8" t="inlineStr">
         <is>
-          <t>- 12764</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I46" s="9"/>
       <c r="J46" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K46" s="9"/>
+          <t>УД 21002383</t>
+        </is>
+      </c>
+      <c r="K46" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D47" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E47" s="6" t="n">
-        <v>64257</v>
+        <v>30301</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="8" t="inlineStr">
         <is>
-          <t>- 7577</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I47" s="9"/>
       <c r="J47" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K47" s="9"/>
+          <t>УД 21002385</t>
+        </is>
+      </c>
+      <c r="K47" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>46372</v>
+        <v>30302</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Дизайн одягу</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="8" t="inlineStr">
         <is>
-          <t>- 7576</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I48" s="9"/>
       <c r="J48" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K48" s="9"/>
+          <t>УД 21002385</t>
+        </is>
+      </c>
+      <c r="K48" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E49" s="6" t="n">
-        <v>46376</v>
+        <v>30303</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="8" t="inlineStr">
         <is>
-          <t>- 7577</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I49" s="9"/>
       <c r="J49" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K49" s="9"/>
+          <t>УД 21002385</t>
+        </is>
+      </c>
+      <c r="K49" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>1555</v>
+        <v>63594</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Прикладна та книжкова графіка</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I50" s="9"/>
+          <t>- 12768</t>
+        </is>
+      </c>
+      <c r="I50" s="9" t="n">
+        <v>46170</v>
+      </c>
       <c r="J50" s="8" t="inlineStr">
         <is>
-          <t>УД 21002383</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>54470</v>
+        <v>16862</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
-          <t>Тренерська діяльність в обраному виді спорту</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I51" s="9"/>
       <c r="J51" s="8" t="inlineStr">
         <is>
-          <t>УД 21002383</t>
+          <t>НД 2183511</t>
         </is>
       </c>
       <c r="K51" s="9" t="n">
-        <v>46935</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D52" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D52" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E52" s="6" t="n">
-        <v>56046</v>
+        <v>30296</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
-          <t>Фітнес та рекреація</t>
+          <t>Англійська мова і література та переклад</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I52" s="9"/>
       <c r="J52" s="8" t="inlineStr">
         <is>
-          <t>УД 21002383</t>
+          <t>УД 21002388</t>
         </is>
       </c>
       <c r="K52" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
-        <v>30301</v>
+        <v>38864</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Китайська мова і література</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="8" t="inlineStr">
         <is>
-          <t>УД 21002385</t>
+          <t>УД 21002388</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу (взуття)</t>
+          <t>українська мова та література</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
-        <v>30302</v>
+        <v>2817</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I54" s="9"/>
       <c r="J54" s="8" t="inlineStr">
         <is>
-          <t>УД 21002385</t>
+          <t>УД 21002388</t>
         </is>
       </c>
       <c r="K54" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>українська мова та література</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
-        <v>30303</v>
+        <v>30312</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
-          <t>Дизайн середовища</t>
+          <t>Українська мова і література, польська мова (переклад включно)</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="8" t="inlineStr">
         <is>
-          <t>УД 21002385</t>
+          <t>УД 21002388</t>
         </is>
       </c>
       <c r="K55" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
-[...2 lines deleted...]
-      <c r="D56" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D56" s="3" t="inlineStr">
+        <is>
+          <t>українська мова та література</t>
+        </is>
+      </c>
       <c r="E56" s="6" t="n">
-        <v>49293</v>
+        <v>48497</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
-          <t>Прикладна та промислова графіка</t>
+          <t>Українська мова і література, редагування</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K56" s="9"/>
+          <t>УД 21002388</t>
+        </is>
+      </c>
+      <c r="K56" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>63594</v>
+        <v>42281</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
-          <t>Прикладна та книжкова графіка</t>
+          <t>Економіка, управління та право</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="8" t="inlineStr">
         <is>
-          <t>- 12768</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I57" s="9"/>
       <c r="J57" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K57" s="9"/>
+          <t>НД 2183512</t>
+        </is>
+      </c>
+      <c r="K57" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>16862</v>
+        <v>56715</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Економіка та управління</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="8" t="inlineStr">
         <is>
-          <t>НД 2183511</t>
+          <t>НД 2183512</t>
         </is>
       </c>
       <c r="K58" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>30296</v>
+        <v>25711</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література та переклад</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I59" s="9"/>
+          <t>- 11322</t>
+        </is>
+      </c>
+      <c r="I59" s="9" t="n">
+        <v>46134</v>
+      </c>
       <c r="J59" s="8" t="inlineStr">
         <is>
-          <t>УД 21002388</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>38864</v>
+        <v>3268</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
-          <t>Китайська мова і література</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="8" t="inlineStr">
         <is>
-          <t>УД 21002388</t>
+          <t>НД 2188119</t>
         </is>
       </c>
       <c r="K60" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>2817</v>
+        <v>3323</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I61" s="9"/>
+          <t>- 330</t>
+        </is>
+      </c>
+      <c r="I61" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J61" s="8" t="inlineStr">
         <is>
-          <t>УД 21002388</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія</t>
+        </is>
+      </c>
+      <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>30312</v>
+        <v>3322</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, польська мова (переклад включно)</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I62" s="9"/>
       <c r="J62" s="8" t="inlineStr">
         <is>
-          <t>УД 21002388</t>
+          <t>УД 21002394</t>
         </is>
       </c>
       <c r="K62" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>48497</v>
+        <v>57843</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, редагування</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="8" t="inlineStr">
         <is>
-          <t>УД 21002388</t>
+          <t>УД 21016892</t>
         </is>
       </c>
       <c r="K63" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>42281</v>
+        <v>36740</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
-          <t>Економіка, управління та право</t>
+          <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I64" s="9"/>
+          <t>- 272</t>
+        </is>
+      </c>
+      <c r="I64" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J64" s="8" t="inlineStr">
         <is>
-          <t>НД 2183512</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>56715</v>
+        <v>73631</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
-          <t>Економіка та управління</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G65" s="3"/>
       <c r="H65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I65" s="9"/>
       <c r="J65" s="8" t="inlineStr">
         <is>
-          <t>НД 2183512</t>
+          <t>УД 21019592</t>
         </is>
       </c>
       <c r="K65" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>25711</v>
+        <v>73633</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Дошкільна освіта. Логопедія</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="8" t="inlineStr">
         <is>
-          <t>- 11322</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I66" s="9"/>
       <c r="J66" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K66" s="9"/>
+          <t>УД 21019592</t>
+        </is>
+      </c>
+      <c r="K66" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>3268</v>
+        <v>73676</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="8" t="inlineStr">
         <is>
-          <t>НД 2188119</t>
+          <t>УД 21019593</t>
         </is>
       </c>
       <c r="K67" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
-[...2 lines deleted...]
-      <c r="D68" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D68" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E68" s="6" t="n">
-        <v>46375</v>
+        <v>73634</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
-          <t>Соціологія. Медіакомунікації</t>
+          <t>Англійська мова і література в закладах освіти</t>
         </is>
       </c>
       <c r="G68" s="3"/>
       <c r="H68" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="8" t="inlineStr">
         <is>
-          <t>НД 2188120</t>
+          <t>УД 21019594</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
-[...2 lines deleted...]
-      <c r="D69" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D69" s="3" t="inlineStr">
+        <is>
+          <t>Біологія та здоров’я людини</t>
+        </is>
+      </c>
       <c r="E69" s="6" t="n">
-        <v>3323</v>
+        <v>73677</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія та здоров’я людини, практична психологія в закладах освіти</t>
         </is>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="8" t="inlineStr">
         <is>
-          <t>- 330</t>
+          <t>- 17501</t>
         </is>
       </c>
       <c r="I69" s="9" t="n">
-        <v>46204</v>
+        <v>46170</v>
       </c>
       <c r="J69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
-[...2 lines deleted...]
-      <c r="D70" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D70" s="3" t="inlineStr">
+        <is>
+          <t>Біологія та здоров’я людини</t>
+        </is>
+      </c>
       <c r="E70" s="6" t="n">
-        <v>3322</v>
+        <v>73679</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Біологія та здоров’я людини в закладах освіти</t>
         </is>
       </c>
       <c r="G70" s="3"/>
       <c r="H70" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I70" s="9"/>
+          <t>- 17503</t>
+        </is>
+      </c>
+      <c r="I70" s="9" t="n">
+        <v>46170</v>
+      </c>
       <c r="J70" s="8" t="inlineStr">
         <is>
-          <t>УД 21002394</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
-[...2 lines deleted...]
-      <c r="D71" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D71" s="3" t="inlineStr">
+        <is>
+          <t>Географія</t>
+        </is>
+      </c>
       <c r="E71" s="6" t="n">
-        <v>57843</v>
+        <v>73649</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Географія в закладах освіти</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I71" s="9"/>
+          <t>- 17502</t>
+        </is>
+      </c>
+      <c r="I71" s="9" t="n">
+        <v>46170</v>
+      </c>
       <c r="J71" s="8" t="inlineStr">
         <is>
-          <t>УД 21016892</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K71" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
-[...2 lines deleted...]
-      <c r="D72" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D72" s="3" t="inlineStr">
+        <is>
+          <t>Інформатика</t>
+        </is>
+      </c>
       <c r="E72" s="6" t="n">
-        <v>36740</v>
+        <v>73703</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
-          <t>Соціальна педагогіка</t>
+          <t>Інформатика в закладах освіти</t>
         </is>
       </c>
       <c r="G72" s="3"/>
       <c r="H72" s="8" t="inlineStr">
         <is>
-          <t>- 272</t>
-[...2 lines deleted...]
-      <c r="I72" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I72" s="9"/>
+      <c r="J72" s="8" t="inlineStr">
+        <is>
+          <t>УД 21019597</t>
+        </is>
+      </c>
+      <c r="K72" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J72" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D73" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D73" s="3" t="inlineStr">
+        <is>
+          <t>Історія та громадянська освіта</t>
+        </is>
+      </c>
       <c r="E73" s="6" t="n">
-        <v>73631</v>
+        <v>73645</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Історія в закладах освіти</t>
         </is>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="8" t="inlineStr">
         <is>
-          <t>УД 21019592</t>
+          <t>УД 21019598</t>
         </is>
       </c>
       <c r="K73" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D74" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D74" s="3" t="inlineStr">
+        <is>
+          <t>Історія та громадянська освіта</t>
+        </is>
+      </c>
       <c r="E74" s="6" t="n">
-        <v>73633</v>
+        <v>73648</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта. Логопедія</t>
+          <t>Історія та суспільствознавство в закладах освіти</t>
         </is>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I74" s="9"/>
       <c r="J74" s="8" t="inlineStr">
         <is>
-          <t>УД 21019592</t>
+          <t>УД 21019598</t>
         </is>
       </c>
       <c r="K74" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D75" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D75" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
       <c r="E75" s="6" t="n">
-        <v>73676</v>
+        <v>73700</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Математика в закладах освіти</t>
         </is>
       </c>
       <c r="G75" s="3"/>
       <c r="H75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="8" t="inlineStr">
         <is>
-          <t>УД 21019593</t>
+          <t>УД 21019599</t>
         </is>
       </c>
       <c r="K75" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
-        <v>73634</v>
+        <v>73661</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література в закладах освіти</t>
+          <t>Музичне мистецтво в закладах освіти</t>
         </is>
       </c>
       <c r="G76" s="3"/>
       <c r="H76" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I76" s="9"/>
+          <t>- 11747</t>
+        </is>
+      </c>
+      <c r="I76" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J76" s="8" t="inlineStr">
         <is>
-          <t>УД 21019594</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K76" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
-        <v>73677</v>
+        <v>73664</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини, практична психологія в закладах освіти</t>
+          <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G77" s="3"/>
       <c r="H77" s="8" t="inlineStr">
         <is>
-          <t>- 17501</t>
+          <t>- 17496</t>
         </is>
       </c>
       <c r="I77" s="9" t="n">
-        <v>46170</v>
+        <v>46569</v>
       </c>
       <c r="J77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K77" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>73679</v>
+        <v>73659</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини в закладах освіти</t>
+          <t>Образотворче мистецтво в закладах освіти</t>
         </is>
       </c>
       <c r="G78" s="3"/>
       <c r="H78" s="8" t="inlineStr">
         <is>
-          <t>- 17503</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I78" s="9"/>
       <c r="J78" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K78" s="9"/>
+          <t>УД 21019600</t>
+        </is>
+      </c>
+      <c r="K78" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D79" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E79" s="6" t="n">
-        <v>73649</v>
+        <v>73637</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
-          <t>Географія в закладах освіти</t>
+          <t>Німецька мова і література в закладах освіти</t>
         </is>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="8" t="inlineStr">
         <is>
-          <t>- 17502</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I79" s="9"/>
       <c r="J79" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K79" s="9"/>
+          <t>УД 21019595</t>
+        </is>
+      </c>
+      <c r="K79" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
-        <v>73703</v>
+        <v>73681</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
-          <t>Інформатика в закладах освіти</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="8" t="inlineStr">
         <is>
-          <t>УД 21019597</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
-        <v>73645</v>
+        <v>73657</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
-          <t>Історія в закладах освіти</t>
+          <t>Середня освіта (Технології)</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="8" t="inlineStr">
         <is>
-          <t>УД 21019598</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K81" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
-        <v>73648</v>
+        <v>73694</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
-          <t>Історія та суспільствознавство в закладах освіти</t>
+          <t>Українська мова і література, польська мова в закладах освіти</t>
         </is>
       </c>
       <c r="G82" s="3"/>
       <c r="H82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="8" t="inlineStr">
         <is>
-          <t>УД 21019598</t>
+          <t>УД 21019601</t>
         </is>
       </c>
       <c r="K82" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>73700</v>
+        <v>73696</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
-          <t>Математика в закладах освіти</t>
+          <t>Українська мова і література, англійська мова в закладах освіти</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="8" t="inlineStr">
         <is>
-          <t>УД 21019599</t>
+          <t>УД 21019601</t>
         </is>
       </c>
       <c r="K83" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E84" s="6" t="n">
-        <v>73661</v>
+        <v>73697</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво в закладах освіти</t>
+          <t>Українська мова і література, зарубіжна література в закладах освіти</t>
         </is>
       </c>
       <c r="G84" s="3"/>
       <c r="H84" s="8" t="inlineStr">
         <is>
-          <t>- 11747</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I84" s="9"/>
       <c r="J84" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K84" s="9"/>
+          <t>УД 21019601</t>
+        </is>
+      </c>
+      <c r="K84" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
-        <v>73664</v>
+        <v>73702</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Музичне мистецтво)</t>
+          <t>Фізика та астрономія в закладах освіти</t>
         </is>
       </c>
       <c r="G85" s="3"/>
       <c r="H85" s="8" t="inlineStr">
         <is>
-          <t>- 17496</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I85" s="9"/>
       <c r="J85" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K85" s="9"/>
+          <t>УД 21019602</t>
+        </is>
+      </c>
+      <c r="K85" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E86" s="6" t="n">
-        <v>73659</v>
+        <v>73705</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво в закладах освіти</t>
+          <t>Фізична культура в закладах освіти</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I86" s="9"/>
       <c r="J86" s="8" t="inlineStr">
         <is>
-          <t>УД 21019600</t>
+          <t>УД 21019603</t>
         </is>
       </c>
       <c r="K86" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Французька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E87" s="6" t="n">
-        <v>73637</v>
+        <v>73640</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова і література в закладах освіти</t>
+          <t>Французька мова і література в закладах освіти</t>
         </is>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I87" s="9"/>
       <c r="J87" s="8" t="inlineStr">
         <is>
-          <t>УД 21019595</t>
+          <t>УД 21019596</t>
         </is>
       </c>
       <c r="K87" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E88" s="6" t="n">
-        <v>73681</v>
+        <v>73701</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Хімія та біологія в закладах освіти</t>
         </is>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I88" s="9"/>
+          <t>- 17499</t>
+        </is>
+      </c>
+      <c r="I88" s="9" t="n">
+        <v>46170</v>
+      </c>
       <c r="J88" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K88" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D89" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E89" s="6" t="n">
-        <v>73657</v>
+        <v>73745</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Технології)</t>
+          <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="G89" s="3"/>
       <c r="H89" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I89" s="9"/>
+          <t>- 11748</t>
+        </is>
+      </c>
+      <c r="I89" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J89" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
-        <v>73694</v>
+        <v>73683</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, польська мова в закладах освіти</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I90" s="9"/>
+          <t>- 11749</t>
+        </is>
+      </c>
+      <c r="I90" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J90" s="8" t="inlineStr">
         <is>
-          <t>УД 21019601</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K90" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>73696</v>
+        <v>73706</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, англійська мова в закладах освіти</t>
+          <t>Тренерська діяльність в обраному виді спорту</t>
         </is>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="8" t="inlineStr">
         <is>
-          <t>УД 21019601</t>
+          <t>УД 21019604</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>73697</v>
+        <v>73708</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, зарубіжна література в закладах освіти</t>
+          <t>Фітнес та рекреація</t>
         </is>
       </c>
       <c r="G92" s="3"/>
       <c r="H92" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I92" s="9"/>
       <c r="J92" s="8" t="inlineStr">
         <is>
-          <t>УД 21019601</t>
+          <t>УД 21019604</t>
         </is>
       </c>
       <c r="K92" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>73702</v>
+        <v>73641</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія в закладах освіти</t>
+          <t>Англійська мова і література та переклад</t>
         </is>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I93" s="9"/>
       <c r="J93" s="8" t="inlineStr">
         <is>
-          <t>УД 21019602</t>
+          <t>УД 21019609</t>
         </is>
       </c>
       <c r="K93" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>73705</v>
+        <v>73643</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура в закладах освіти</t>
+          <t>Китайська мова і література</t>
         </is>
       </c>
       <c r="G94" s="3"/>
       <c r="H94" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I94" s="9"/>
       <c r="J94" s="8" t="inlineStr">
         <is>
-          <t>УД 21019603</t>
+          <t>УД 21019609</t>
         </is>
       </c>
       <c r="K94" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D95" s="3" t="inlineStr">
         <is>
-          <t>Французька мова та зарубіжна література</t>
+          <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E95" s="6" t="n">
-        <v>73640</v>
+        <v>73698</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і література в закладах освіти</t>
+          <t>Українська мова і література, редагування</t>
         </is>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="8" t="inlineStr">
         <is>
-          <t>УД 21019596</t>
+          <t>УД 21019609</t>
         </is>
       </c>
       <c r="K95" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D96" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E96" s="6" t="n">
-        <v>73701</v>
+        <v>86252</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
-          <t>Хімія та біологія в закладах освіти</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="8" t="inlineStr">
         <is>
-          <t>- 17499</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I96" s="9"/>
       <c r="J96" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K96" s="9"/>
+          <t>УД 21019605</t>
+        </is>
+      </c>
+      <c r="K96" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>73745</v>
+        <v>86254</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="8" t="inlineStr">
         <is>
-          <t>- 11748</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I97" s="9"/>
       <c r="J97" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K97" s="9"/>
+          <t>УД 21019605</t>
+        </is>
+      </c>
+      <c r="K97" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
-        <v>73683</v>
+        <v>86255</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Прикладна та книжкова графіка</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="8" t="inlineStr">
         <is>
-          <t>- 11749</t>
+          <t>- 17498</t>
         </is>
       </c>
       <c r="I98" s="9" t="n">
-        <v>47300</v>
+        <v>46170</v>
       </c>
       <c r="J98" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K98" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D99" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D99" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E99" s="6" t="n">
-        <v>73706</v>
+        <v>86257</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
-          <t>Тренерська діяльність в обраному виді спорту</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G99" s="3"/>
       <c r="H99" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="8" t="inlineStr">
         <is>
-          <t>УД 21019604</t>
+          <t>УД 21019606</t>
         </is>
       </c>
       <c r="K99" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>73708</v>
+        <v>73690</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
-          <t>Фітнес та рекреація</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G100" s="3"/>
       <c r="H100" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I100" s="9"/>
+          <t>- 17497</t>
+        </is>
+      </c>
+      <c r="I100" s="9" t="n">
+        <v>46134</v>
+      </c>
       <c r="J100" s="8" t="inlineStr">
         <is>
-          <t>УД 21019604</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K100" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>73641</v>
+        <v>73691</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література та переклад</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="8" t="inlineStr">
         <is>
-          <t>УД 21019609</t>
+          <t>УД 21019610</t>
         </is>
       </c>
       <c r="K101" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>73643</v>
+        <v>73653</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
-          <t>Китайська мова і література</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I102" s="9"/>
+          <t>- 12154</t>
+        </is>
+      </c>
+      <c r="I102" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J102" s="8" t="inlineStr">
         <is>
-          <t>УД 21019609</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K102" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>73698</v>
+        <v>73687</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, редагування</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G103" s="3"/>
       <c r="H103" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I103" s="9"/>
       <c r="J103" s="8" t="inlineStr">
         <is>
-          <t>УД 21019609</t>
+          <t>УД 21019611</t>
         </is>
       </c>
       <c r="K103" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>73665</v>
+        <v>73692</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G104" s="3"/>
       <c r="H104" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I104" s="9"/>
+          <t>- 11750</t>
+        </is>
+      </c>
+      <c r="I104" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J104" s="8" t="inlineStr">
         <is>
-          <t>УД 21019605</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K104" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>73668</v>
+        <v>3345</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
-[...2 lines deleted...]
-      <c r="G105" s="3"/>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="G105" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H105" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I105" s="9"/>
+          <t>УД 21002715</t>
+        </is>
+      </c>
+      <c r="I105" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J105" s="8" t="inlineStr">
         <is>
-          <t>УД 21019605</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>73669</v>
+        <v>2353</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу</t>
-[...2 lines deleted...]
-      <c r="G106" s="3"/>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="G106" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H106" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I106" s="9"/>
+          <t>- 4054</t>
+        </is>
+      </c>
+      <c r="I106" s="9" t="n">
+        <v>48761</v>
+      </c>
       <c r="J106" s="8" t="inlineStr">
         <is>
-          <t>УД 21019605</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K106" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
-        <v>86252</v>
+        <v>60975</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
-[...2 lines deleted...]
-      <c r="G107" s="3"/>
+          <t>Англійська мова і література в закладах освіти</t>
+        </is>
+      </c>
+      <c r="G107" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H107" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I107" s="9"/>
+          <t>- 6396</t>
+        </is>
+      </c>
+      <c r="I107" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J107" s="8" t="inlineStr">
         <is>
-          <t>УД 21019605</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
-          <t>Дизайн костюму</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
-        <v>86254</v>
+        <v>26927</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
-          <t>Дизайн костюму</t>
-[...2 lines deleted...]
-      <c r="G108" s="3"/>
+          <t>Інформатика в закладах освіти</t>
+        </is>
+      </c>
+      <c r="G108" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H108" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="8" t="inlineStr">
         <is>
-          <t>УД 21019605</t>
+          <t>НД 2183554</t>
         </is>
       </c>
       <c r="K108" s="9" t="n">
-        <v>46935</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
-[...2 lines deleted...]
-      <c r="D109" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D109" s="3" t="inlineStr">
+        <is>
+          <t>Історія</t>
+        </is>
+      </c>
       <c r="E109" s="6" t="n">
-        <v>73672</v>
+        <v>27195</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
-          <t>Прикладна та книжкова графіка</t>
-[...2 lines deleted...]
-      <c r="G109" s="3"/>
+          <t>Історія в закладах освіти</t>
+        </is>
+      </c>
+      <c r="G109" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H109" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I109" s="9"/>
+          <t>УД 21002726</t>
+        </is>
+      </c>
+      <c r="I109" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J109" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K109" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
-          <t>Візуальні мистецтва</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
-        <v>86255</v>
+        <v>64256</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
-          <t>Прикладна та книжкова графіка</t>
-[...2 lines deleted...]
-      <c r="G110" s="3"/>
+          <t>Музичне мистецтво в закладах освіти</t>
+        </is>
+      </c>
+      <c r="G110" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H110" s="8" t="inlineStr">
         <is>
-          <t>- 17498</t>
+          <t>- 303</t>
         </is>
       </c>
       <c r="I110" s="9" t="n">
-        <v>46170</v>
+        <v>46204</v>
       </c>
       <c r="J110" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K110" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...2 lines deleted...]
-      <c r="D111" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D111" s="3" t="inlineStr">
+        <is>
+          <t>Мистецтво. Образотворче мистецтво</t>
+        </is>
+      </c>
       <c r="E111" s="6" t="n">
-        <v>73674</v>
+        <v>64253</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
-[...2 lines deleted...]
-      <c r="G111" s="3"/>
+          <t>Образотворче мистецтво в закладах освіти</t>
+        </is>
+      </c>
+      <c r="G111" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H111" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I111" s="9"/>
+          <t>- 18827</t>
+        </is>
+      </c>
+      <c r="I111" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J111" s="8" t="inlineStr">
         <is>
-          <t>УД 21019606</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K111" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
-          <t>Хореографічне мистецтво</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
-        <v>86257</v>
+        <v>29451</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
-[...2 lines deleted...]
-      <c r="G112" s="3"/>
+          <t>Українська мова і література, англійська мова в закладах освіти</t>
+        </is>
+      </c>
+      <c r="G112" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H112" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I112" s="9"/>
+          <t>- 19151</t>
+        </is>
+      </c>
+      <c r="I112" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J112" s="8" t="inlineStr">
         <is>
-          <t>УД 21019606</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K112" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D113" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D113" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="E113" s="6" t="n">
-        <v>73690</v>
+        <v>56656</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="G113" s="3"/>
+          <t>Українська мова і література, зарубіжна література в закладах освіти</t>
+        </is>
+      </c>
+      <c r="G113" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
-          <t>- 17497</t>
+          <t>- 19152</t>
         </is>
       </c>
       <c r="I113" s="9" t="n">
-        <v>46134</v>
+        <v>46358</v>
       </c>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="D114" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D114" s="3" t="inlineStr">
+        <is>
+          <t>Фізика та астрономія</t>
+        </is>
+      </c>
       <c r="E114" s="6" t="n">
-        <v>73691</v>
+        <v>57845</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="G114" s="3"/>
+          <t>Фізика в закладах освіти</t>
+        </is>
+      </c>
+      <c r="G114" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H114" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I114" s="9"/>
+          <t>УД 21002723</t>
+        </is>
+      </c>
+      <c r="I114" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J114" s="8" t="inlineStr">
         <is>
-          <t>УД 21019610</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
-[...2 lines deleted...]
-      <c r="D115" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D115" s="3" t="inlineStr">
+        <is>
+          <t>Корекційна психопедагогіка</t>
+        </is>
+      </c>
       <c r="E115" s="6" t="n">
-        <v>73653</v>
+        <v>64258</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
-[...2 lines deleted...]
-      <c r="G115" s="3"/>
+          <t>Олігофренопедагогіка</t>
+        </is>
+      </c>
+      <c r="G115" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H115" s="8" t="inlineStr">
         <is>
-          <t>- 12154</t>
+          <t>- 2599</t>
         </is>
       </c>
       <c r="I115" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J115" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K115" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
-[...2 lines deleted...]
-      <c r="D116" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D116" s="3" t="inlineStr">
+        <is>
+          <t>Логопедія</t>
+        </is>
+      </c>
       <c r="E116" s="6" t="n">
-        <v>73687</v>
+        <v>50013</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
-[...2 lines deleted...]
-      <c r="G116" s="3"/>
+          <t>Логопедія</t>
+        </is>
+      </c>
+      <c r="G116" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H116" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I116" s="9"/>
+          <t>- 3955</t>
+        </is>
+      </c>
+      <c r="I116" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J116" s="8" t="inlineStr">
         <is>
-          <t>УД 21019611</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K116" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
-[...2 lines deleted...]
-      <c r="D117" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D117" s="3" t="inlineStr">
+        <is>
+          <t>Тифлопедагогіка</t>
+        </is>
+      </c>
       <c r="E117" s="6" t="n">
-        <v>73692</v>
+        <v>63195</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
-          <t>Соціальна педагогіка</t>
-[...2 lines deleted...]
-      <c r="G117" s="3"/>
+          <t>Тифлопедагогіка. Сурдопедагогіка</t>
+        </is>
+      </c>
+      <c r="G117" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-професійна</t>
+        </is>
+      </c>
       <c r="H117" s="8" t="inlineStr">
         <is>
-          <t>- 11750</t>
+          <t>- 18828</t>
         </is>
       </c>
       <c r="I117" s="9" t="n">
-        <v>46204</v>
+        <v>46344</v>
       </c>
       <c r="J117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K117" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>50941</v>
+        <v>30327</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
-          <t>Освітологія</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H118" s="8" t="inlineStr">
         <is>
-          <t>- 3798</t>
+          <t>- 2567</t>
         </is>
       </c>
       <c r="I118" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J118" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K118" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D119" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D119" s="3" t="inlineStr">
+        <is>
+          <t>східні мови та літератури (переклад включно), перша - китайська</t>
+        </is>
+      </c>
       <c r="E119" s="6" t="n">
-        <v>57312</v>
+        <v>56657</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
-          <t>Позашкільна освіта</t>
+          <t>Китайська мова і література</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I119" s="9"/>
+          <t>- 18847</t>
+        </is>
+      </c>
+      <c r="I119" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J119" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K119" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>3345</v>
+        <v>56716</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Економіка та управління</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="8" t="inlineStr">
         <is>
-          <t>УД 21002715</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I120" s="9"/>
       <c r="J120" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K120" s="9"/>
+          <t>НД 2183558</t>
+        </is>
+      </c>
+      <c r="K120" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>2353</v>
+        <v>25710</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="8" t="inlineStr">
         <is>
-          <t>- 4054</t>
+          <t>УД 21006837</t>
         </is>
       </c>
       <c r="I121" s="9" t="n">
-        <v>48761</v>
+        <v>46204</v>
       </c>
       <c r="J121" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K121" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
-        <v>39775</v>
+        <v>2504</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література в закладах освіти</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="8" t="inlineStr">
         <is>
-          <t>- 6396</t>
+          <t>УД 21005178</t>
         </is>
       </c>
       <c r="I122" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J122" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K122" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>60975</v>
+        <v>63269</v>
       </c>
       <c r="F123" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література в закладах освіти</t>
+          <t>Реабілітаційна психологія</t>
         </is>
       </c>
       <c r="G123" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H123" s="8" t="inlineStr">
         <is>
-          <t>- 6396</t>
+          <t>- 19255</t>
         </is>
       </c>
       <c r="I123" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J123" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K123" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
-        <v>44680</v>
+        <v>3026</v>
       </c>
       <c r="F124" s="3" t="inlineStr">
         <is>
-          <t>Біологія в закладах освіти</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G124" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H124" s="8" t="inlineStr">
         <is>
-          <t>- 2619</t>
+          <t>- 1986</t>
         </is>
       </c>
       <c r="I124" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J124" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K124" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>26927</v>
+        <v>73735</v>
       </c>
       <c r="F125" s="3" t="inlineStr">
         <is>
-          <t>Інформатика в закладах освіти</t>
+          <t>Освітологія</t>
         </is>
       </c>
       <c r="G125" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H125" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I125" s="9"/>
+          <t>- 11751</t>
+        </is>
+      </c>
+      <c r="I125" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J125" s="8" t="inlineStr">
         <is>
-          <t>НД 2183554</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K125" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>27195</v>
+        <v>73736</v>
       </c>
       <c r="F126" s="3" t="inlineStr">
         <is>
-          <t>Історія в закладах освіти</t>
+          <t>Позашкільна освіта</t>
         </is>
       </c>
       <c r="G126" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H126" s="8" t="inlineStr">
         <is>
-          <t>УД 21002726</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I126" s="9"/>
       <c r="J126" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K126" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дошкільна освіта</t>
+        </is>
+      </c>
+      <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>64250</v>
+        <v>73709</v>
       </c>
       <c r="F127" s="3" t="inlineStr">
         <is>
-          <t>Історія в закладах освіти</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G127" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H127" s="8" t="inlineStr">
         <is>
-          <t>УД 21002726</t>
+          <t>УД 21002715</t>
         </is>
       </c>
       <c r="I127" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J127" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K127" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>26925</v>
+        <v>73719</v>
       </c>
       <c r="F128" s="3" t="inlineStr">
         <is>
-          <t>Математика в закладах освіти</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G128" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H128" s="8" t="inlineStr">
         <is>
-          <t>- 4958</t>
+          <t>- 11752</t>
         </is>
       </c>
       <c r="I128" s="9" t="n">
-        <v>46935</v>
+        <v>48761</v>
       </c>
       <c r="J128" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K128" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D129" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E129" s="6" t="n">
-        <v>64256</v>
+        <v>73710</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво в закладах освіти</t>
+          <t>Англійська мова і література в закладах освіти</t>
         </is>
       </c>
       <c r="G129" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H129" s="8" t="inlineStr">
         <is>
-          <t>- 303</t>
+          <t>- 11753</t>
         </is>
       </c>
       <c r="I129" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J129" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E130" s="6" t="n">
-        <v>64253</v>
+        <v>73720</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво в закладах освіти</t>
+          <t>Біологія в закладах освіти</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I130" s="9"/>
+          <t>- 11754</t>
+        </is>
+      </c>
+      <c r="I130" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K130" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
-        <v>30325</v>
+        <v>73740</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво в закладах освіти</t>
+          <t>Інформатика в закладах освіти</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="8" t="inlineStr">
         <is>
-          <t>- 303</t>
-[...2 lines deleted...]
-      <c r="I131" s="9" t="n">
+          <t> </t>
+        </is>
+      </c>
+      <c r="I131" s="9"/>
+      <c r="J131" s="8" t="inlineStr">
+        <is>
+          <t>УД 21019612</t>
+        </is>
+      </c>
+      <c r="K131" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J131" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E132" s="6" t="n">
-        <v>3088</v>
+        <v>73713</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Історія в закладах освіти</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I132" s="9"/>
+          <t>УД 21002726</t>
+        </is>
+      </c>
+      <c r="I132" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J132" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K132" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D133" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E133" s="6" t="n">
-        <v>32357</v>
+        <v>73737</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Математика в закладах освіти</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="8" t="inlineStr">
         <is>
-          <t>- 898</t>
+          <t>- 11755</t>
         </is>
       </c>
       <c r="I133" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J133" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K133" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
-        <v>26930</v>
+        <v>73716</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література в закладах освіти</t>
+          <t>Музичне мистецтво в закладах освіти</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H134" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I134" s="9"/>
+          <t>- 11756</t>
+        </is>
+      </c>
+      <c r="I134" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J134" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K134" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D135" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E135" s="6" t="n">
-        <v>29451</v>
+        <v>73715</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, англійська мова в закладах освіти</t>
+          <t>Образотворче мистецтво в закладах освіти</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H135" s="8" t="inlineStr">
         <is>
-          <t>- 9396</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I135" s="9"/>
       <c r="J135" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K135" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D136" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E136" s="6" t="n">
-        <v>56656</v>
+        <v>73721</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, зарубіжна література в закладах освіти</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H136" s="8" t="inlineStr">
         <is>
-          <t>- 9397</t>
+          <t>- 11757</t>
         </is>
       </c>
       <c r="I136" s="9" t="n">
-        <v>45987</v>
+        <v>46204</v>
       </c>
       <c r="J136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D137" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E137" s="6" t="n">
-        <v>57845</v>
+        <v>73732</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Фізика в закладах освіти</t>
+          <t>Українська мова і література, англійська мова в закладах освіти</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="8" t="inlineStr">
         <is>
-          <t>УД 21002723</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I137" s="9"/>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K137" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D138" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E138" s="6" t="n">
-        <v>54553</v>
+        <v>73733</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура в закладах освіти</t>
+          <t>Українська мова і література, зарубіжна література в закладах освіти</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="8" t="inlineStr">
         <is>
-          <t>- 9554</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I138" s="9"/>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E139" s="6" t="n">
-        <v>56714</v>
+        <v>73739</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура. Захист України</t>
+          <t>Фізика в закладах освіти</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="8" t="inlineStr">
         <is>
-          <t>- 9553</t>
+          <t>УД 21002723</t>
         </is>
       </c>
       <c r="I139" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K139" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D140" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E140" s="6" t="n">
-        <v>27492</v>
+        <v>73741</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Хімія в закладах освіти</t>
+          <t>Фізична культура в закладах освіти</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="8" t="inlineStr">
         <is>
-          <t>УД 21003324</t>
+          <t>- 11760</t>
         </is>
       </c>
       <c r="I140" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J140" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K140" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D141" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E141" s="6" t="n">
-        <v>64258</v>
+        <v>73742</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Фізична культура. Захист України</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="8" t="inlineStr">
         <is>
-          <t>- 2599</t>
+          <t>- 11761</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J141" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D142" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E142" s="6" t="n">
-        <v>50013</v>
+        <v>73738</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Хімія в закладах освіти</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="8" t="inlineStr">
         <is>
-          <t>- 3955</t>
+          <t>УД 21003324</t>
         </is>
       </c>
       <c r="I142" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
       <c r="J142" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K142" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
-        <v>50014</v>
+        <v>74580</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Цифрові технології в професійній освіті</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="8" t="inlineStr">
         <is>
-          <t>- 2599</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I143" s="9"/>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E144" s="6" t="n">
-        <v>63195</v>
+        <v>73744</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Тифлопедагогіка. Сурдопедагогіка</t>
+          <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I144" s="9"/>
+          <t>- 11762</t>
+        </is>
+      </c>
+      <c r="I144" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K144" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D145" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D145" s="3" t="inlineStr">
+        <is>
+          <t>Логопедія</t>
+        </is>
+      </c>
       <c r="E145" s="6" t="n">
-        <v>54555</v>
+        <v>73722</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Тренерська діяльність в обраному виді спорту</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H145" s="8" t="inlineStr">
         <is>
-          <t>- 6839</t>
+          <t>- 11763</t>
         </is>
       </c>
       <c r="I145" s="9" t="n">
-        <v>47300</v>
+        <v>46935</v>
       </c>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...2 lines deleted...]
-      <c r="D146" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D146" s="3" t="inlineStr">
+        <is>
+          <t>Тифлопедагогіка</t>
+        </is>
+      </c>
       <c r="E146" s="6" t="n">
-        <v>30327</v>
+        <v>73724</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Тифлопедагогіка. Сурдопедагогіка</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="8" t="inlineStr">
         <is>
-          <t>- 2567</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I146" s="9"/>
       <c r="J146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>2697</v>
+        <v>73743</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Тренерська діяльність в обраному виді спорту</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I147" s="9"/>
+          <t>- 11764</t>
+        </is>
+      </c>
+      <c r="I147" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J147" s="8" t="inlineStr">
         <is>
-          <t>НД 2183557</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D148" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E148" s="6" t="n">
-        <v>46382</v>
+        <v>73711</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література та переклад</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="8" t="inlineStr">
         <is>
-          <t>- 2558</t>
+          <t>- 11766</t>
         </is>
       </c>
       <c r="I148" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D149" s="3" t="inlineStr">
         <is>
-          <t>східні мови та літератури (переклад включно), перша - китайська</t>
+          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E149" s="6" t="n">
-        <v>56657</v>
+        <v>73712</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
           <t>Китайська мова і література</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="8" t="inlineStr">
         <is>
-          <t>- 9399</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I149" s="9"/>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D150" s="3" t="inlineStr">
         <is>
-          <t>українська мова та література</t>
+          <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E150" s="6" t="n">
-        <v>3064</v>
+        <v>73734</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H150" s="8" t="inlineStr">
         <is>
-          <t>- 4963</t>
+          <t>- 11768</t>
         </is>
       </c>
       <c r="I150" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D151" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D151" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E151" s="6" t="n">
-        <v>46467</v>
+        <v>86392</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Економіка, управління та право</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I151" s="9"/>
+          <t>- 11765</t>
+        </is>
+      </c>
+      <c r="I151" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J151" s="8" t="inlineStr">
         <is>
-          <t>НД 2183558</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K151" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D152" s="3"/>
+          <t>Перформативні мистецтва</t>
+        </is>
+      </c>
+      <c r="D152" s="3" t="inlineStr">
+        <is>
+          <t>Хореографічне мистецтво</t>
+        </is>
+      </c>
       <c r="E152" s="6" t="n">
-        <v>56716</v>
+        <v>86420</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Економіка та управління</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H152" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I152" s="9"/>
       <c r="J152" s="8" t="inlineStr">
         <is>
-          <t>НД 2183558</t>
+          <t>УД 21019613</t>
         </is>
       </c>
       <c r="K152" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>25710</v>
+        <v>73726</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H153" s="8" t="inlineStr">
         <is>
           <t>УД 21006837</t>
         </is>
       </c>
       <c r="I153" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J153" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K153" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>2504</v>
+        <v>73727</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H154" s="8" t="inlineStr">
         <is>
           <t>УД 21005178</t>
         </is>
       </c>
       <c r="I154" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>63269</v>
+        <v>73728</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
           <t>Реабілітаційна психологія</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I155" s="9"/>
       <c r="J155" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>22188</v>
+        <v>73729</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
           <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H156" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I156" s="9"/>
       <c r="J156" s="8" t="inlineStr">
         <is>
-          <t>НД 2188121</t>
+          <t>УД 21019614</t>
         </is>
       </c>
       <c r="K156" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>54716</v>
+        <v>73730</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
           <t>Управління закладом освіти</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H157" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I157" s="9"/>
       <c r="J157" s="8" t="inlineStr">
         <is>
-          <t>НД 2188121</t>
+          <t>УД 21019614</t>
         </is>
       </c>
       <c r="K157" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>3026</v>
+        <v>73714</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H158" s="8" t="inlineStr">
         <is>
-          <t>- 1986</t>
+          <t>- 12155</t>
         </is>
       </c>
       <c r="I158" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J158" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>57842</v>
+        <v>73725</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="8" t="inlineStr">
         <is>
           <t>УД 21016891</t>
         </is>
       </c>
       <c r="I159" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J159" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>36741</v>
+        <v>73731</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
           <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H160" s="8" t="inlineStr">
         <is>
-          <t>- 6583</t>
+          <t>- 11769</t>
         </is>
       </c>
       <c r="I160" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J160" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>73735</v>
+        <v>47994</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Освітологія</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H161" s="8" t="inlineStr">
         <is>
-          <t>- 11751</t>
+          <t>- 2420</t>
         </is>
       </c>
       <c r="I161" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J161" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>73736</v>
+        <v>48001</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Позашкільна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H162" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I162" s="9"/>
+          <t>- 2426</t>
+        </is>
+      </c>
+      <c r="I162" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J162" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>73709</v>
+        <v>50574</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G163" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H163" s="8" t="inlineStr">
         <is>
-          <t>УД 21002715</t>
+          <t>- 16210</t>
         </is>
       </c>
       <c r="I163" s="9" t="n">
-        <v>46204</v>
+        <v>46197</v>
       </c>
       <c r="J163" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K163" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>73719</v>
+        <v>50575</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H164" s="8" t="inlineStr">
         <is>
-          <t>- 11752</t>
+          <t>- 12781</t>
         </is>
       </c>
       <c r="I164" s="9" t="n">
-        <v>48761</v>
+        <v>46170</v>
       </c>
       <c r="J164" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>73710</v>
+        <v>50576</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова і література в закладах освіти</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H165" s="8" t="inlineStr">
         <is>
-          <t>- 11753</t>
+          <t>- 16217</t>
         </is>
       </c>
       <c r="I165" s="9" t="n">
-        <v>47300</v>
+        <v>46197</v>
       </c>
       <c r="J165" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K165" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>73720</v>
+        <v>47996</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>Біологія в закладах освіти</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H166" s="8" t="inlineStr">
         <is>
-          <t>- 11754</t>
+          <t>- 2550</t>
         </is>
       </c>
       <c r="I166" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J166" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>73740</v>
+        <v>47997</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Інформатика в закладах освіти</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H167" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I167" s="9"/>
+          <t>- 2136</t>
+        </is>
+      </c>
+      <c r="I167" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J167" s="8" t="inlineStr">
         <is>
-          <t>УД 21019612</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>73713</v>
+        <v>47998</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>Історія в закладах освіти</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G168" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H168" s="8" t="inlineStr">
         <is>
-          <t>УД 21002726</t>
+          <t>- 2137</t>
         </is>
       </c>
       <c r="I168" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J168" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K168" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>73737</v>
+        <v>47999</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>Математика в закладах освіти</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H169" s="8" t="inlineStr">
         <is>
-          <t>- 11755</t>
+          <t>- 3140</t>
         </is>
       </c>
       <c r="I169" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J169" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K169" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія</t>
+        </is>
+      </c>
+      <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>73716</v>
+        <v>48000</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво в закладах освіти</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G170" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H170" s="8" t="inlineStr">
         <is>
-          <t>- 11756</t>
+          <t>- 11774</t>
         </is>
       </c>
       <c r="I170" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J170" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K170" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>73715</v>
+        <v>57866</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво в закладах освіти</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G171" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H171" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I171" s="9"/>
+          <t>- 11774</t>
+        </is>
+      </c>
+      <c r="I171" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J171" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K171" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>73721</v>
+        <v>73746</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G172" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H172" s="8" t="inlineStr">
         <is>
-          <t>- 11757</t>
+          <t>- 11770</t>
         </is>
       </c>
       <c r="I172" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J172" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K172" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>73732</v>
+        <v>73747</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, англійська мова в закладах освіти</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H173" s="8" t="inlineStr">
         <is>
-          <t>- 11758</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I173" s="9"/>
       <c r="J173" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K173" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>73733</v>
+        <v>84188</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, зарубіжна література в закладах освіти</t>
+          <t>Професійна освіта (цифрові технології)</t>
         </is>
       </c>
       <c r="G174" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H174" s="8" t="inlineStr">
         <is>
-          <t>- 11759</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I174" s="9"/>
       <c r="J174" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K174" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>73739</v>
+        <v>73748</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Фізика в закладах освіти</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H175" s="8" t="inlineStr">
         <is>
-          <t>УД 21002723</t>
+          <t>- 17505</t>
         </is>
       </c>
       <c r="I175" s="9" t="n">
-        <v>46204</v>
+        <v>46197</v>
       </c>
       <c r="J175" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K175" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>73741</v>
+        <v>73750</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура в закладах освіти</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H176" s="8" t="inlineStr">
         <is>
-          <t>- 11760</t>
+          <t>- 17504</t>
         </is>
       </c>
       <c r="I176" s="9" t="n">
-        <v>47665</v>
+        <v>46197</v>
       </c>
       <c r="J176" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K176" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>73742</v>
+        <v>73751</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура. Захист України</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G177" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H177" s="8" t="inlineStr">
         <is>
-          <t>- 11761</t>
+          <t>- 11771</t>
         </is>
       </c>
       <c r="I177" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J177" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K177" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B178" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>75714</v>
+        <v>73749</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Адаптивна фізична культура</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H178" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I178" s="9"/>
+          <t>- 17500</t>
+        </is>
+      </c>
+      <c r="I178" s="9" t="n">
+        <v>46170</v>
+      </c>
       <c r="J178" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>73738</v>
+        <v>73752</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>Хімія в закладах освіти</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H179" s="8" t="inlineStr">
         <is>
-          <t>УД 21003324</t>
+          <t>- 11772</t>
         </is>
       </c>
       <c r="I179" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J179" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K179" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>74580</v>
+        <v>73753</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології в професійній освіті</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G180" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H180" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I180" s="9"/>
+          <t>- 11773</t>
+        </is>
+      </c>
+      <c r="I180" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J180" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K180" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B181" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>73744</v>
+        <v>73754</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="G181" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H181" s="8" t="inlineStr">
         <is>
-          <t>- 11762</t>
+          <t>- 12156</t>
         </is>
       </c>
       <c r="I181" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J181" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K181" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B182" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>73722</v>
+        <v>73755</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G182" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H182" s="8" t="inlineStr">
         <is>
-          <t>- 11763</t>
+          <t>- 11775</t>
         </is>
       </c>
       <c r="I182" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J182" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K182" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
-[...1769 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K221"/>
+  <autoFilter ref="A1:K182"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I158"/>
+  <dimension ref="A1:I136"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -11241,84 +9481,84 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -11345,54 +9585,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -11456,51 +9696,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -11530,51 +9770,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -11789,51 +10029,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -11903,51 +10143,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -12007,51 +10247,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -12081,54 +10321,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -12258,87 +10498,87 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>89</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -12357,198 +10597,198 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>65</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12686,165 +10926,165 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E42" s="6" t="n">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E44" s="6" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E45" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -12982,54 +11222,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -13167,51 +11407,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -13227,3610 +11467,2828 @@
       </c>
       <c r="E56" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>6</v>
+        <v>62</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D61" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D61" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E61" s="6" t="n">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
-          <t>Дизайн одягу (взуття)</t>
+          <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+        </is>
+      </c>
+      <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
+        <v>18</v>
+      </c>
+      <c r="F64" s="6" t="n">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
+        <v>26</v>
+      </c>
+      <c r="F65" s="6" t="n">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
-[...2 lines deleted...]
-      <c r="D66" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D66" s="3" t="inlineStr">
+        <is>
+          <t>українська мова та література</t>
+        </is>
+      </c>
       <c r="E66" s="6" t="n">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
-          <t>українська мова та література</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>6</v>
+        <v>125</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>2</v>
+        <v>133</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>132</v>
+        <v>84</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>84</v>
+        <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>6</v>
+        <v>43</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D79" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D79" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="E79" s="6" t="n">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E82" s="6" t="n">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D84" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E84" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D85" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E85" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E86" s="6" t="n">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E87" s="6" t="n">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D88" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E88" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D89" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E89" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D90" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Музичне мистецтво</t>
+          <t>Природничі науки</t>
         </is>
       </c>
       <c r="E90" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D91" s="3" t="inlineStr">
         <is>
-          <t>Природничі науки</t>
+          <t>Цифрові технології</t>
         </is>
       </c>
       <c r="E91" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
-          <t>Цифрові технології</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>0</v>
+        <v>124</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E93" s="6" t="n">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>129</v>
+        <v>53</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D94" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Тифлопедагогіка</t>
         </is>
       </c>
       <c r="E94" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D96" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D96" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова та література</t>
+        </is>
+      </c>
       <c r="E96" s="6" t="n">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D97" s="3" t="inlineStr">
         <is>
-          <t>Українська мова та література</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E97" s="6" t="n">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>3</v>
+        <v>35</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
-          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="F99" s="6" t="n">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B6</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D100" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E100" s="6" t="n">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
-          <t>B6</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Перформативні мистецтва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>13</v>
+        <v>297</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>305</v>
+        <v>40</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="G105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D108" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D108" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E108" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D109" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D109" s="3" t="inlineStr">
+        <is>
+          <t>Фізика та астрономія</t>
+        </is>
+      </c>
       <c r="E109" s="6" t="n">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D110" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D110" s="3" t="inlineStr">
+        <is>
+          <t>Інформатика</t>
+        </is>
+      </c>
       <c r="E110" s="6" t="n">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D111" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E111" s="6" t="n">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E113" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>68</v>
+        <v>2</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Право</t>
+        </is>
+      </c>
+      <c r="D124" s="3"/>
       <c r="E124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D125" s="3"/>
       <c r="E125" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>41</v>
+        <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B130" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
-      <c r="D131" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>281</v>
+        <v>1</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
-[...724 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I158"/>
+  <autoFilter ref="A1:I136"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>