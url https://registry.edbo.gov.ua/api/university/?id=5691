--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -3354,54 +3354,56 @@
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>57578</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Управління системами захисту інформації</t>
         </is>
       </c>
       <c r="G45" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H45" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I45" s="9"/>
+          <t>- 18983</t>
+        </is>
+      </c>
+      <c r="I45" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
@@ -4941,51 +4943,51 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>28</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
@@ -5172,51 +5174,51 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>60</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -5609,51 +5611,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
@@ -5939,51 +5941,51 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>96</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -6107,51 +6109,51 @@
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>77</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I47"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">