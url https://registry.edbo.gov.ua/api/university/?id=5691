--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$71</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$47</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$43</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -4232,54 +4232,56 @@
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>86950</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H65" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I65" s="9"/>
+          <t>- 19576</t>
+        </is>
+      </c>
+      <c r="I65" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
@@ -4524,51 +4526,51 @@
       </c>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K71" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K71"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I47"/>
+  <dimension ref="A1:I43"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -4646,51 +4648,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
@@ -4778,51 +4780,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -4880,51 +4882,51 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>33</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>5</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -4946,51 +4948,51 @@
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>73</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -5009,51 +5011,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -5075,54 +5077,54 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>4</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
@@ -5141,87 +5143,87 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -5281,87 +5283,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -5380,87 +5382,87 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>522</v>
+        <v>515</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -5545,120 +5547,120 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>2</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>262</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
@@ -5746,51 +5748,51 @@
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>38</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>D9</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Міжнародне право</t>
@@ -5821,352 +5823,220 @@
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>293</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Міжнародне право</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>96</v>
+        <v>2</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Кібербезпека та захист інформації</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
-[...130 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I47"/>
+  <autoFilter ref="A1:I43"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>