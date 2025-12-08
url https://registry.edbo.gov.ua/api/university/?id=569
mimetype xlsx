--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -2185,183 +2185,191 @@
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E14" s="8" t="n">
         <v>67000</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I14" s="9"/>
+          <t>ДО 006609</t>
+        </is>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E15" s="8" t="n">
         <v>66998</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Виробництво харчової продукції</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I15" s="9"/>
+          <t>ДО 006700</t>
+        </is>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
         <v>66997</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Будівництаво та експлуатація будівель і споруд</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>ДО 006608</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E17" s="8" t="n">
         <v>66999</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Обслуговування та ремонт автомобілів і двигунів</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДО 006610</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I14"/>
@@ -2760,51 +2768,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E11" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>