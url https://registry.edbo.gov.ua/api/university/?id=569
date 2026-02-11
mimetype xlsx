--- v1 (2025-12-08)
+++ v2 (2026-02-11)
@@ -2620,88 +2620,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
@@ -3015,51 +3015,51 @@
       </c>
       <c r="B3" s="8" t="n">
         <v>54</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>