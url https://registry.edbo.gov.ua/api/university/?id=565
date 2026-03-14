--- v0 (2025-11-01)
+++ v1 (2026-03-14)
@@ -374,51 +374,51 @@
         <is>
           <t>м. Івано-Франківськ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Вовчинецька, 223</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38-0342-78-30-46</t>
+          <t>+38(034)-278-30-46</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>ifkep@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://kep.nung.edu.ua</t>
         </is>
@@ -4533,51 +4533,51 @@
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>73</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
@@ -4695,84 +4695,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
@@ -4860,117 +4860,117 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -5025,150 +5025,150 @@
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F22" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -5190,84 +5190,84 @@
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="8" t="n">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>