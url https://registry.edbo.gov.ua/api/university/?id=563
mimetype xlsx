--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -2065,96 +2065,96 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
         <v>44882</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
-          <t>ДС 001503</t>
+          <t>ДС 006742</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>44883</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>ДС 001505</t>
+          <t>ДС 006743</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D11" s="3"/>
@@ -2837,51 +2837,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>20</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -2936,51 +2936,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>24</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>