--- v1 (2025-12-18)
+++ v2 (2026-03-02)
@@ -371,75 +371,75 @@
         <is>
           <t>м. Ковель</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Заводська, 23</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0335249737</t>
+          <t>+38(033)-524-97-37</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>kovel_koledg@ukr.net</t>
+          <t>info@kpefk.com.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>www.kpefk.com.ua</t>
+          <t>https://kpefk.com.ua/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Селівончик Тетяна Василівна</t>
         </is>
@@ -2671,51 +2671,51 @@
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>60</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -2804,186 +2804,186 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>153</v>
+        <v>107</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>