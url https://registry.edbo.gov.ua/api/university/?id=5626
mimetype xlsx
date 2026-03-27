--- v0 (2025-11-02)
+++ v1 (2026-03-27)
@@ -218,51 +218,51 @@
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>5626</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
-          <t>Качанівський навчальний центр №54</t>
+          <t>КНЦ № 54</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
       <c r="B5" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>