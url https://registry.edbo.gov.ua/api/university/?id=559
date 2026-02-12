--- v0 (2025-10-29)
+++ v1 (2026-02-12)
@@ -2463,56 +2463,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>46321</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I13" s="9"/>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
@@ -3188,51 +3186,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -3353,51 +3351,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>