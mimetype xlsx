--- v1 (2026-02-12)
+++ v2 (2026-03-31)
@@ -3285,84 +3285,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>