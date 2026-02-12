--- v0 (2025-12-16)
+++ v1 (2026-02-12)
@@ -1314,54 +1314,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
         <v>80923</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I9" s="9"/>
+          <t>ДО 006968</t>
+        </is>
+      </c>
+      <c r="I9" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I8"/>
@@ -1460,51 +1462,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
@@ -1559,51 +1561,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -1625,51 +1627,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>13</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>