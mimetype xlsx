--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -580,51 +580,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5162 Поліцейський (за спеціалізаціями)</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>93</v>
+        <v>181</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>