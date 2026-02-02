--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -580,51 +580,51 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5162 Поліцейський (за спеціалізаціями)</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>