--- v0 (2025-12-09)
+++ v1 (2026-02-08)
@@ -3479,51 +3479,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
@@ -3611,51 +3611,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>