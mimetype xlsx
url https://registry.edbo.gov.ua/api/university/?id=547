--- v0 (2025-11-06)
+++ v1 (2025-12-24)
@@ -4218,51 +4218,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>22</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -4350,150 +4350,150 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="F10" s="8" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>