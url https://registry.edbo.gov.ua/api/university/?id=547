--- v1 (2025-12-24)
+++ v2 (2026-03-10)
@@ -4152,51 +4152,51 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -4218,54 +4218,54 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
@@ -4317,153 +4317,153 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>465</v>
+        <v>445</v>
       </c>
       <c r="F10" s="8" t="n">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>