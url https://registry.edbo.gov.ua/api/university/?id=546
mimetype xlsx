--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -12,60 +12,60 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ФПВО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$12</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$17</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$58</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$22</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -478,51 +478,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>92</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 01.07.2021 № 81-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -600,51 +600,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>60</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1188,51 +1188,51 @@
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -3866,54 +3866,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>72517</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Обслуговування комп'ютерних систем та мереж</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I46" s="9"/>
+          <t>ДО 006603</t>
+        </is>
+      </c>
+      <c r="I46" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
@@ -4024,93 +4026,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
         <v>72526</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Радіоінформаційні системи і мережі та комп'ютерні технології</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I50" s="9"/>
+          <t>ДО 006601</t>
+        </is>
+      </c>
+      <c r="I50" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J50" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>72527</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Інформаційні мережі зв'язку</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I51" s="9"/>
+          <t>ДО 006602</t>
+        </is>
+      </c>
+      <c r="I51" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J51" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
@@ -4651,51 +4657,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -4717,150 +4723,150 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -4915,84 +4921,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>