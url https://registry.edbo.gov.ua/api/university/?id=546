--- v1 (2025-11-28)
+++ v2 (2026-01-27)
@@ -4723,51 +4723,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
@@ -4921,84 +4921,84 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -5119,51 +5119,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>