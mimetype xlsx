--- v2 (2026-01-27)
+++ v3 (2026-03-23)
@@ -2865,55 +2865,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>44147</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Обслуговування комп'ютерних систем та мереж</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
-          <t>ДО 003049</t>
+          <t>ДО 006936</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D22" s="3"/>
@@ -2947,55 +2947,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>50096</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Енергетичний менеджмент та енергоефективність</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="8" t="inlineStr">
         <is>
-          <t>ДО 003054</t>
+          <t>ДО 006933</t>
         </is>
       </c>
       <c r="I23" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
@@ -3148,55 +3148,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>53690</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Мікропроцесорні та роботизовані системи керування</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
-          <t>ДО 003380</t>
+          <t>ДО 006935</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D29" s="3"/>
@@ -3708,54 +3708,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>53109</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування, ремонт та експлуатація вагонів метрополітену</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I42" s="9"/>
+          <t>ДО 006934</t>
+        </is>
+      </c>
+      <c r="I42" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
@@ -4459,54 +4461,54 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
@@ -4525,51 +4527,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -4690,87 +4692,87 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>65</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
@@ -4921,120 +4923,120 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
@@ -5089,51 +5091,51 @@
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>61</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>