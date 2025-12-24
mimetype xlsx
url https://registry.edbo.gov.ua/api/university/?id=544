--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -400,51 +400,51 @@
         <is>
           <t>kiat@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>kafk.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Адаменко Алла Павлівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -1182,51 +1182,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -1314,84 +1314,84 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>24</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>