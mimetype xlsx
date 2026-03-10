--- v1 (2025-12-24)
+++ v2 (2026-03-10)
@@ -1215,186 +1215,186 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">