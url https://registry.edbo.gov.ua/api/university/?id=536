--- v0 (2025-11-21)
+++ v1 (2026-01-21)
@@ -1681,51 +1681,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>