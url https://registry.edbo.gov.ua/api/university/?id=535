--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -3181,51 +3181,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Дизайн костюму</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -3247,88 +3247,88 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
@@ -3350,88 +3350,88 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -3457,51 +3457,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -3523,84 +3523,84 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>