--- v1 (2025-12-21)
+++ v2 (2026-03-10)
@@ -3424,51 +3424,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E9" s="8" t="n">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3490,117 +3490,117 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>119</v>
+        <v>74</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>