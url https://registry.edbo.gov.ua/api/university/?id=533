--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -369,111 +369,111 @@
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>вул. Каткова, 8</t>
+          <t>вул. Міхновського Миколи, 8</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(097)-85-88-904</t>
+          <t>+38(097)-858-89-04</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>icdvnzknu@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>icsihe.knu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Шолох Алла Миколаївна</t>
+          <t>Ус Микола Миколайович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -1681,132 +1681,138 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
         <v>75740</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Відкрита розробка корисних копалин</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I12" s="9"/>
+          <t>ДС 006462</t>
+        </is>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>75744</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Експлуатація та ремонт гірничого електромеханічного обладнання та автоматичних пристроїв</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>ДС 006463</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
         <v>75745</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Збагачення корисних копалин</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I14" s="9"/>
+          <t>ДС 006464</t>
+        </is>
+      </c>
+      <c r="I14" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I3"/>
@@ -1905,51 +1911,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>27</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>