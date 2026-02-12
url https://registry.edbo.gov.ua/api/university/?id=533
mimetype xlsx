--- v1 (2025-12-17)
+++ v2 (2026-02-12)
@@ -381,87 +381,87 @@
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Міхновського Миколи, 8</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38(097)-858-89-04</t>
+          <t>+38(068)-801-88-08</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>icdvnzknu@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>icsihe.knu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Ус Микола Миколайович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -1878,84 +1878,84 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>27</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>