--- v0 (2025-11-07)
+++ v1 (2025-12-29)
@@ -3169,81 +3169,81 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>17</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
@@ -3265,84 +3265,84 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
@@ -3364,84 +3364,84 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -3463,120 +3463,120 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">