--- v1 (2025-12-29)
+++ v2 (2026-03-10)
@@ -3199,51 +3199,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
@@ -3298,87 +3298,87 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>H4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F7" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -3397,186 +3397,186 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>15</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">