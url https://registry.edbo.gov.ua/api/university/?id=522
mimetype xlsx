--- v0 (2025-11-06)
+++ v1 (2026-03-18)
@@ -2783,51 +2783,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -2849,51 +2849,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -3014,51 +3014,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>