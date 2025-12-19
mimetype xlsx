--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -3459,55 +3459,55 @@
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E65" s="6" t="n">
         <v>36727</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H65" s="7" t="inlineStr">
         <is>
-          <t>- 9390</t>
+          <t>- 18835</t>
         </is>
       </c>
       <c r="I65" s="9" t="n">
-        <v>45987</v>
+        <v>46344</v>
       </c>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D66" s="3"/>
@@ -4046,55 +4046,55 @@
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>2449</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Інтелектуальні системи прийняття рішень</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="7" t="inlineStr">
         <is>
-          <t>- 9431</t>
+          <t>- 19198</t>
         </is>
       </c>
       <c r="I78" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D79" s="3"/>
@@ -4680,56 +4680,54 @@
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D92" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E92" s="6" t="n">
         <v>68759</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="7" t="inlineStr">
         <is>
-          <t>- 14413</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I92" s="9"/>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K92" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D93" s="3" t="inlineStr">
         <is>
@@ -5177,56 +5175,54 @@
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
         <v>68178</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
           <t>Інтелектуальні системи прийняття рішень</t>
         </is>
       </c>
       <c r="G103" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H103" s="7" t="inlineStr">
         <is>
-          <t>- 14422</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I103" s="9"/>
       <c r="J103" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K103" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
@@ -6799,51 +6795,51 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -7702,51 +7698,51 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -7870,51 +7866,51 @@
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>27</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
@@ -9005,51 +9001,51 @@
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -9104,51 +9100,51 @@
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -9335,51 +9331,51 @@
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>