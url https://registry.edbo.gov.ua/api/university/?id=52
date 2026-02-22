--- v1 (2025-12-19)
+++ v2 (2026-02-22)
@@ -21,51 +21,51 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$12</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$134</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$87</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$74</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -374,99 +374,99 @@
         <is>
           <t>м. Краматорськ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Академічна, 72</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38 (0626) 41-68-09</t>
+          <t>+38(050)-035-15-37</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>dgma@dgma.donetsk.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>www.dgma.donetsk.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Ковальов Віктор Дмитрович</t>
+          <t>Томашевський Роман Сергійович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -6570,51 +6570,51 @@
       </c>
       <c r="J134" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K134" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K134"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I87"/>
+  <dimension ref="A1:I74"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -6692,51 +6692,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -6795,117 +6795,117 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -7265,51 +7265,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -7701,51 +7701,51 @@
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>63</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
@@ -7764,51 +7764,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -7830,51 +7830,51 @@
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -8591,972 +8591,539 @@
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F73" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H73" s="6" t="n">
         <v>1</v>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
-[...427 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I87"/>
+  <autoFilter ref="A1:I74"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>