--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -2103,51 +2103,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -2169,51 +2169,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -2235,51 +2235,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>