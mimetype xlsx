--- v1 (2025-12-05)
+++ v2 (2026-03-07)
@@ -2202,51 +2202,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>