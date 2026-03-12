--- v0 (2025-10-26)
+++ v1 (2026-03-12)
@@ -315,67 +315,59 @@
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>с-ще Нова Галещина</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Центральна, 95</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
-      <c r="B16" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B16" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Начальник</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>